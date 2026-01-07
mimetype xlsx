--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -422,93 +422,93 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-OSt 33 (14:17) 4-Ronald Oneill pass complete to 28-Francis Fann to OSt 39 for 6 yards. Tackle by 26-Daniel Rivard.</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>OSt 39</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-OSt 39 (13:39) 4-Ronald Oneill pass Pass knocked down by 55-Tom Cruise. incomplete, intended for 10-Edward Garcia. PENALTY - Pass Interference (AZS 55-Tom Cruise)</t>
   </si>
   <si>
-    <t>#30 Enrique Bench - RB</t>
+    <t>#45 Enrique Bench - RB</t>
   </si>
   <si>
     <t>#13 Toby Cable - WR</t>
   </si>
   <si>
     <t>#17 Robert Payton - WR</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
+    <t>#62 Blake Lorenz - RDE</t>
   </si>
   <si>
     <t>#52 Augustine Alcorn - SLB</t>
   </si>
   <si>
     <t>#32 Harley Quinn - CB</t>
   </si>
   <si>
     <t>#31 Jack Shaffer - CB</t>
   </si>
   <si>
     <t>#39 Russel Atwood - SS</t>
   </si>
   <si>
     <t>#46 James Lew - FS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>OSt 45</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-OSt 45 (13:35) 4-Ronald Oneill pass complete to 17-Robert Payton for 55 yards. TOUCHDOWN! 31-Jack Shaffer got away with a hold on that play. OSt 6 AZS 0</t>
   </si>
   <si>
-    <t>#56 William Holmes - WLB</t>
+    <t>#58 William Holmes - WLB</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>AZS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:24) Extra point GOOD by 7-Paul Stair. OSt 7 AZS 0</t>
   </si>
   <si>
     <t>#78 Ali Martin - LG</t>
   </si>
   <si>
     <t>#7 Paul Stair - K</t>
   </si>
   <si>
     <t>#76 Michael Hollier - RG</t>
   </si>
@@ -563,60 +563,60 @@
   <si>
     <t>#42 Leland Davis - FB</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
     <t>#16 Sam Jenkins - WR</t>
   </si>
   <si>
     <t>#12 John Diaz - WR</t>
   </si>
   <si>
     <t>#74 Philip Prince - LT</t>
   </si>
   <si>
     <t>#62 Rodney Choi - LG</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#64 David McElroy - RG</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#75 Douglas Marron - DT</t>
   </si>
   <si>
     <t>#90 Scott Robinson - MLB</t>
   </si>
   <si>
-    <t>#45 Rafael Prichard - CB</t>
+    <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
     <t>#21 Brian Camper - FS</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>AZS 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-AZS 42 (13:23) 33-William Harrison ran to AZS 45 for 3 yards. Tackle by 97-Roy Russell.</t>
   </si>
   <si>
     <t>#30 Rusty Case - RB</t>
   </si>
   <si>
     <t>#87 Fabian Blue - TE</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
     <t>#73 Zachary McInnis - C</t>
   </si>
   <si>
     <t>#78 Michael Toney - RT</t>
   </si>
   <si>
     <t>#67 Cory Panella - RG</t>
   </si>
   <si>
     <t>(9:00) 1-John Oleary kicks 75 yards from AZS 35 to OSt -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-OSt 25 (9:00) 28-Francis Fann ran to OSt 27 for 2 yards. Tackle by 55-Tom Cruise. AZS 24-Clint Andrus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#83 Gregory Weidman - TE</t>
+    <t>#85 Gregory Weidman - TE</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>OSt 27</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-OSt 27 (8:24) 4-Ronald Oneill pass complete to 28-Francis Fann to OSt 35 for 8 yards. Tackle by 32-Harley Quinn.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>