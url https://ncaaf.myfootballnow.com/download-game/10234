--- v1 (2026-01-07)
+++ v2 (2026-02-03)
@@ -617,51 +617,51 @@
   <si>
     <t>#30 Rusty Case - RB</t>
   </si>
   <si>
     <t>#87 Fabian Blue - TE</t>
   </si>
   <si>
     <t>#55 Timmy Oden - MLB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>AZS 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-AZS 45 (12:39) 30-Rusty Case ran to OSt 47 for 8 yards. Tackle by 47-David Johnson. AZS 65-David Watson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#18 Brad Baker - WR</t>
+    <t>#81 Brad Baker - WR</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>OSt 47</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-OSt 47 (11:54) 33-William Harrison ran to OSt 48 for -1 yards. Tackle by 97-Roy Russell.</t>
   </si>
   <si>
     <t>#60 Donald Wright - C</t>
   </si>
   <si>
     <t>#33 Leroy Day - CB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>OSt 48</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-3-OSt 3 (9:02) 30-Rusty Case ran for 3 yards. TOUCHDOWN! OSt 7 AZS 6</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>OSt 15</t>
   </si>
   <si>
     <t>(9:00) Extra point GOOD by 1-John Oleary. OSt 7 AZS 7</t>
   </si>
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
     <t>#73 Zachary McInnis - C</t>
   </si>
   <si>
-    <t>#78 Michael Toney - RT</t>
+    <t>#79 Michael Toney - RT</t>
   </si>
   <si>
     <t>#67 Cory Panella - RG</t>
   </si>
   <si>
     <t>(9:00) 1-John Oleary kicks 75 yards from AZS 35 to OSt -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-OSt 25 (9:00) 28-Francis Fann ran to OSt 27 for 2 yards. Tackle by 55-Tom Cruise. AZS 24-Clint Andrus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#85 Gregory Weidman - TE</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>OSt 27</t>
   </si>