--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -347,57 +347,57 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OSt 25 (15:00) 4-Ronald Oneill pass complete to 89-Carlos Galeano to OSt 33 for 8 yards. Tackle by 26-Daniel Rivard.</t>
   </si>
   <si>
     <t>#4 Ronald Oneill - QB</t>
   </si>
   <si>
     <t>#35 Weldon Searcy - FB</t>
   </si>
   <si>
     <t>#87 Francisco Smith - TE</t>
   </si>
   <si>
     <t>#10 Edward Garcia - WR</t>
   </si>
   <si>
     <t>#65 Christopher Johnson - LT</t>
   </si>
   <si>
-    <t>#50 Manuel Millet - LG</t>
-[...5 lines deleted...]
-    <t>#63 Paul Coffey - RG</t>
+    <t>#66 Manuel Millet - LG</t>
+  </si>
+  <si>
+    <t>#77 Herbert Krug - LG</t>
+  </si>
+  <si>
+    <t>#79 Paul Coffey - RG</t>
   </si>
   <si>
     <t>#79 Steven Green - RT</t>
   </si>
   <si>
     <t>#99 Rafael Merritt - LDE</t>
   </si>
   <si>
     <t>#73 Joseph May - DT</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
     <t>#98 Jason Rook - RDE</t>
   </si>
   <si>
     <t>#59 Jerry Smith - WLB</t>
   </si>
   <si>
     <t>#57 Bruce Torres - MLB</t>
   </si>
   <si>
     <t>#55 Tom Cruise - WLB</t>
   </si>
@@ -560,66 +560,66 @@
   <si>
     <t>#33 William Harrison - RB</t>
   </si>
   <si>
     <t>#42 Leland Davis - FB</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
     <t>#16 Sam Jenkins - WR</t>
   </si>
   <si>
     <t>#12 John Diaz - WR</t>
   </si>
   <si>
     <t>#74 Philip Prince - LT</t>
   </si>
   <si>
     <t>#62 Rodney Choi - LG</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
-    <t>#64 David McElroy - RG</t>
+    <t>#68 David McElroy - RG</t>
   </si>
   <si>
     <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#75 Douglas Marron - DT</t>
   </si>
   <si>
     <t>#90 Scott Robinson - MLB</t>
   </si>
   <si>
     <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
-    <t>#21 Brian Camper - FS</t>
+    <t>#38 Brian Camper - FS</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>AZS 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-AZS 42 (13:23) 33-William Harrison ran to AZS 45 for 3 yards. Tackle by 97-Roy Russell.</t>
   </si>
   <si>
     <t>#30 Rusty Case - RB</t>
   </si>
   <si>
     <t>#87 Fabian Blue - TE</t>
   </si>
   <si>
     <t>#55 Timmy Oden - MLB</t>
   </si>
@@ -767,51 +767,51 @@
   <si>
     <t>1-3-OSt 3 (9:05) 13-Caleb Williams pass Pass knocked down by 48-Thomas Torgerson. incomplete, intended for 88-Chris Martinez.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-3-OSt 3 (9:02) 30-Rusty Case ran for 3 yards. TOUCHDOWN! OSt 7 AZS 6</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>OSt 15</t>
   </si>
   <si>
     <t>(9:00) Extra point GOOD by 1-John Oleary. OSt 7 AZS 7</t>
   </si>
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
-    <t>#73 Zachary McInnis - C</t>
+    <t>#63 Zachary McInnis - C</t>
   </si>
   <si>
     <t>#79 Michael Toney - RT</t>
   </si>
   <si>
     <t>#67 Cory Panella - RG</t>
   </si>
   <si>
     <t>(9:00) 1-John Oleary kicks 75 yards from AZS 35 to OSt -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-OSt 25 (9:00) 28-Francis Fann ran to OSt 27 for 2 yards. Tackle by 55-Tom Cruise. AZS 24-Clint Andrus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#85 Gregory Weidman - TE</t>
   </si>
   <si>
     <t>8:25</t>
   </si>