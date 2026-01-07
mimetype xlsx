--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -281,54 +281,54 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Syr has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>WVU</t>
   </si>
   <si>
     <t>WVU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Marvin Allen kicks 75 yards from WVU 35 to Syr -10. Touchback.</t>
   </si>
   <si>
-    <t>#88 Jerry Hughes - TE</t>
-[...2 lines deleted...]
-    <t>#21 Gregory Humphreys - SS</t>
+    <t>#85 Jerry Hughes - TE</t>
+  </si>
+  <si>
+    <t>#21 Gregory Humphreys - CB</t>
   </si>
   <si>
     <t>#48 Leonardo Newcombe - LDE</t>
   </si>
   <si>
     <t>#90 Peter Barham - WLB</t>
   </si>
   <si>
     <t>#70 Darren Alexander - C</t>
   </si>
   <si>
     <t>#47 Benjamin Bradley - FS</t>
   </si>
   <si>
     <t>#94 Kevin Russo - WLB</t>
   </si>
   <si>
     <t>#95 Nicholas Phillips - MLB</t>
   </si>
   <si>
     <t>#96 Stephen Rapoza - WLB</t>
   </si>
   <si>
     <t>#56 Leon Barber - DT</t>
   </si>
@@ -338,102 +338,102 @@
   <si>
     <t>#1 Marvin Allen - K</t>
   </si>
   <si>
     <t>Syr</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 42-Jared Spurgeon ran to Syr 24 for -1 yards. 42-Jared Spurgeon FUMBLES (70-Jason Wallace) recovered by Syr-52-Larry Cowan at Syr 25. Tackle by 70-Jason Wallace.</t>
   </si>
   <si>
     <t>#16 Wesley Briley - QB</t>
   </si>
   <si>
     <t>#42 Jared Spurgeon - RB</t>
   </si>
   <si>
-    <t>#33 Raymond Johnston - FB</t>
+    <t>#46 Raymond Johnston - FB</t>
   </si>
   <si>
     <t>#86 Kelly Acevedo - WR</t>
   </si>
   <si>
     <t>#17 Samuel Benson - WR</t>
   </si>
   <si>
     <t>#52 Larry Cowan - LT</t>
   </si>
   <si>
     <t>#72 Eduardo Johnson - LG</t>
   </si>
   <si>
     <t>#69 Steve Woods - RG</t>
   </si>
   <si>
     <t>#68 Albert Acevedo - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 James Medina - DT</t>
   </si>
   <si>
     <t>#73 Manuel Gibbons - DT</t>
   </si>
   <si>
     <t>#70 Jason Wallace - RDE</t>
   </si>
   <si>
     <t>#95 Scott Young - SLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
   <si>
     <t>#26 Arturo Long - CB</t>
   </si>
   <si>
     <t>#40 Timmy Smith - CB</t>
   </si>
   <si>
     <t>#33 Lawrence McLaughlin - SS</t>
   </si>
   <si>
-    <t>#45 Aaron Montgomery - FS</t>
+    <t>#39 Aaron Montgomery - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-Syr 25 (14:25) 42-Jared Spurgeon ran to Syr 28 for 3 yards. Tackle by 95-Bruce Bright.</t>
   </si>
   <si>
     <t>#39 Edison Salmons - RB</t>
   </si>
   <si>
     <t>#84 John Deleon - TE</t>
   </si>
   <si>
     <t>#90 Kenneth Garcia - LDE</t>
   </si>
   <si>
     <t>#95 Bruce Bright - MLB</t>
   </si>
@@ -467,132 +467,132 @@
   <si>
     <t>#17 Robert Vega - P</t>
   </si>
   <si>
     <t>#22 Joseph Simmons - CB</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>#44 Earl Wright - TE</t>
   </si>
   <si>
     <t>#83 Shawn Collins - WR</t>
   </si>
   <si>
     <t>#87 Louis Morales - TE</t>
   </si>
   <si>
     <t>#26 Larry Loughran - RB</t>
   </si>
   <si>
     <t>#55 Lucas Garcia - LT</t>
   </si>
   <si>
-    <t>#97 Ricky Wheeler - WLB</t>
+    <t>#97 Ricky Wheeler - SLB</t>
   </si>
   <si>
     <t>#53 Antonio Stevenson - SLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>WVU 23</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-WVU 23 (12:52) 21-Dale Farmer ran to WVU 27 for 3 yards. Tackle by 97-Thomas Barnes. WVU 85-Derek Weaver was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Frank Clay - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#31 Leonard Forbes - FB</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#84 Derek Weaver - WR</t>
   </si>
   <si>
     <t>#74 David Black - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>
   <si>
     <t>#56 George Sommers - RT</t>
   </si>
   <si>
     <t>#66 Franklin Gay - RDE</t>
   </si>
   <si>
-    <t>#91 James McDonald - SLB</t>
+    <t>#51 James McDonald - SLB</t>
   </si>
   <si>
     <t>#97 Thomas Barnes - MLB</t>
   </si>
   <si>
     <t>#46 Richard Haskell - CB</t>
   </si>
   <si>
     <t>#28 John Patterson - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>WVU 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-7-WVU 27 (12:18) 21-Dale Farmer ran to WVU 32 for 5 yards. Tackle by 95-Nicholas Phillips.</t>
   </si>
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
-    <t>#74 David Sykes - LDE</t>
+    <t>#74 David Sykes - SLB</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>WVU 32</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-1-WVU 32 (11:37) 24-Gary Bartos ran to WVU 32 for a short loss. Tackle by 97-Thomas Barnes.</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>4-1-WVU 32 (10:57) 3-Stephen Ulrich punts 44 yards to Syr 24. Fair Catch by 42-Jared Spurgeon.</t>
   </si>
   <si>
     <t>#3 Stephen Ulrich - P</t>
   </si>
   <si>
     <t>#72 Michael McSwain - RDE</t>
   </si>