--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -302,102 +302,102 @@
   <si>
     <t>(15:00) 1-Marvin Allen kicks 75 yards from WVU 35 to Syr -10. Touchback.</t>
   </si>
   <si>
     <t>#85 Jerry Hughes - TE</t>
   </si>
   <si>
     <t>#21 Gregory Humphreys - CB</t>
   </si>
   <si>
     <t>#48 Leonardo Newcombe - LDE</t>
   </si>
   <si>
     <t>#90 Peter Barham - WLB</t>
   </si>
   <si>
     <t>#70 Darren Alexander - C</t>
   </si>
   <si>
     <t>#47 Benjamin Bradley - FS</t>
   </si>
   <si>
     <t>#94 Kevin Russo - WLB</t>
   </si>
   <si>
-    <t>#95 Nicholas Phillips - MLB</t>
+    <t>#2 Nicholas Phillips - SLB</t>
   </si>
   <si>
     <t>#96 Stephen Rapoza - WLB</t>
   </si>
   <si>
     <t>#56 Leon Barber - DT</t>
   </si>
   <si>
     <t>#50 Reggie White - DT</t>
   </si>
   <si>
     <t>#1 Marvin Allen - K</t>
   </si>
   <si>
     <t>Syr</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 42-Jared Spurgeon ran to Syr 24 for -1 yards. 42-Jared Spurgeon FUMBLES (70-Jason Wallace) recovered by Syr-52-Larry Cowan at Syr 25. Tackle by 70-Jason Wallace.</t>
   </si>
   <si>
     <t>#16 Wesley Briley - QB</t>
   </si>
   <si>
-    <t>#42 Jared Spurgeon - RB</t>
+    <t>#42 Jared Spurgeon - FB</t>
   </si>
   <si>
     <t>#46 Raymond Johnston - FB</t>
   </si>
   <si>
     <t>#86 Kelly Acevedo - WR</t>
   </si>
   <si>
     <t>#17 Samuel Benson - WR</t>
   </si>
   <si>
     <t>#52 Larry Cowan - LT</t>
   </si>
   <si>
     <t>#72 Eduardo Johnson - LG</t>
   </si>
   <si>
-    <t>#69 Steve Woods - RG</t>
+    <t>#57 Steve Woods - RG</t>
   </si>
   <si>
     <t>#68 Albert Acevedo - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 James Medina - DT</t>
   </si>
   <si>
     <t>#73 Manuel Gibbons - DT</t>
   </si>
   <si>
     <t>#70 Jason Wallace - RDE</t>
   </si>
   <si>
     <t>#95 Scott Young - SLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
@@ -464,111 +464,111 @@
   <si>
     <t>4-2-Syr 33 (12:58) 17-Robert Vega punts 43 yards to WVU 23. Fair Catch by 46-Joseph Simmons.</t>
   </si>
   <si>
     <t>#17 Robert Vega - P</t>
   </si>
   <si>
     <t>#22 Joseph Simmons - CB</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>#44 Earl Wright - TE</t>
   </si>
   <si>
     <t>#83 Shawn Collins - WR</t>
   </si>
   <si>
     <t>#87 Louis Morales - TE</t>
   </si>
   <si>
     <t>#26 Larry Loughran - RB</t>
   </si>
   <si>
-    <t>#55 Lucas Garcia - LT</t>
+    <t>#67 Lucas Garcia - LT</t>
   </si>
   <si>
     <t>#97 Ricky Wheeler - SLB</t>
   </si>
   <si>
     <t>#53 Antonio Stevenson - SLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>WVU 23</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-WVU 23 (12:52) 21-Dale Farmer ran to WVU 27 for 3 yards. Tackle by 97-Thomas Barnes. WVU 85-Derek Weaver was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Frank Clay - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#31 Leonard Forbes - FB</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
     <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#84 Derek Weaver - WR</t>
   </si>
   <si>
     <t>#74 David Black - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>
   <si>
     <t>#56 George Sommers - RT</t>
   </si>
   <si>
-    <t>#66 Franklin Gay - RDE</t>
+    <t>#76 Franklin Gay - RDE</t>
   </si>
   <si>
     <t>#51 James McDonald - SLB</t>
   </si>
   <si>
-    <t>#97 Thomas Barnes - MLB</t>
+    <t>#97 Thomas Barnes - SLB</t>
   </si>
   <si>
     <t>#46 Richard Haskell - CB</t>
   </si>
   <si>
     <t>#28 John Patterson - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>WVU 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-7-WVU 27 (12:18) 21-Dale Farmer ran to WVU 32 for 5 yards. Tackle by 95-Nicholas Phillips.</t>
   </si>
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
     <t>#74 David Sykes - SLB</t>
   </si>
@@ -2250,75 +2250,75 @@
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>