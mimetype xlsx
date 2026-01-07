--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -344,51 +344,51 @@
   <si>
     <t>NCS 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-NCS 25 (15:00) 43-Nicholas Dunham ran to NCS 22 for -3 yards. 43-Nicholas Dunham FUMBLES (30-Larry Seng) recovered by NCS-60-James Varney at NCS 22. Tackle by 78-Walter Rigby. PENALTY - Offsides (WVU 78-Walter Rigby)</t>
   </si>
   <si>
     <t>#3 Joe  Montana - QB</t>
   </si>
   <si>
     <t>#80 Patrick Jimmerson - TE</t>
   </si>
   <si>
     <t>#87 Bryan Martinez - WR</t>
   </si>
   <si>
     <t>#20 Steven Dunn - RB</t>
   </si>
   <si>
-    <t>#17 Matthew Hill - WR</t>
+    <t>#15 Matthew Hill - WR</t>
   </si>
   <si>
     <t>#60 James Varney - LT</t>
   </si>
   <si>
     <t>#72 Stephen Huckabee - LG</t>
   </si>
   <si>
     <t>#73 Donald Thatcher - C</t>
   </si>
   <si>
     <t>#76 Raymond Larson - RG</t>
   </si>
   <si>
     <t>#74 Edward Walker - RT</t>
   </si>
   <si>
     <t>#91 Joshua Foshee - LDE</t>
   </si>
   <si>
     <t>#69 James Medina - DT</t>
   </si>
   <si>
     <t>#78 Walter Rigby - DT</t>
   </si>