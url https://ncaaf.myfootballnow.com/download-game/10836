--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -566,51 +566,51 @@
   <si>
     <t>#95 Scott Young - SLB</t>
   </si>
   <si>
     <t>#90 Kenneth Garcia - LDE</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>WVU 19</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-WVU 19 (11:38) 11-Frank Clay pass Pass knocked down by 41-Julio Fann. incomplete, intended for 41-Zachary Overton.</t>
   </si>
   <si>
     <t>#11 Frank Clay - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#43 Thomas Abrams - TE</t>
   </si>
   <si>
     <t>#31 Leonard Forbes - FB</t>
   </si>
   <si>
     <t>#41 Zachary Overton - TE</t>
   </si>
   <si>
     <t>#42 Juan Currin - TE</t>
   </si>
   <si>
     <t>#74 David Black - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#50 Santiago Hester - C</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>