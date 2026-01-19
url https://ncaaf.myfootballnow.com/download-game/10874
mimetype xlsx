--- v0 (2025-12-29)
+++ v1 (2026-01-19)
@@ -668,51 +668,51 @@
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-4-TEX 25 (9:51) 3-Daniel Stephens pass complete to 28-Philip Feldman to TEX 34 for 9 yards. Tackle by 50-Earl Riley.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>TEX 34</t>
   </si>
   <si>
     <t>1-10-TEX 34 (9:07) 49-William Broman ran to TEX 38 for 3 yards. Tackle by 57-Richard Terry.</t>
   </si>
   <si>
     <t>#40 Blake Bates - RB</t>
   </si>
   <si>
-    <t>#81 David Jasso - TE</t>
+    <t>#88 David Jasso - TE</t>
   </si>
   <si>
     <t>#75 Jeremiah Burrell - DT</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>TEX 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-TEX 38 (8:23) 49-William Broman ran to ALA 48 for 15 yards. Tackle by 78-Paul McGee.</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>ALA 48</t>
   </si>