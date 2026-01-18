--- v0 (2025-12-19)
+++ v1 (2026-01-18)
@@ -665,51 +665,51 @@
   <si>
     <t>1-1-Ala 0 (8:30) 47-Mark Alcaraz ran for 0 yards. TOUCHDOWN! Ala 0 Aub 6</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>TEX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:29) Extra point by 17-Javier Lichtenstein is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#9 Lonnie Ellerbee - QB</t>
   </si>
   <si>
     <t>#3 Javier Lichtenstein - K</t>
   </si>
   <si>
-    <t>#79 Nicholas Green - RG</t>
+    <t>#79 Nicholas Green - RT</t>
   </si>
   <si>
     <t>#56 Jason Perez - C</t>
   </si>
   <si>
     <t>#54 Allen Adams - LG</t>
   </si>
   <si>
     <t>#66 Walter Peterson - LT</t>
   </si>
   <si>
     <t>#90 Paul Gamble - DT</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>#62 Gerardo Ross - DT</t>
   </si>
   <si>
     <t>#61 Jeremy Brassard - DT</t>
   </si>
   <si>
     <t>#54 William Kline - RDE</t>
   </si>