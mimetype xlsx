--- v1 (2026-01-18)
+++ v2 (2026-03-20)
@@ -308,51 +308,51 @@
   <si>
     <t>#31 Juan Gabel - SS</t>
   </si>
   <si>
     <t>#91 Donald Parris - SLB</t>
   </si>
   <si>
     <t>#55 Micheal Roberts - MLB</t>
   </si>
   <si>
     <t>#69 Steven Baird - DT</t>
   </si>
   <si>
     <t>#21 Matthew Jung - FS</t>
   </si>
   <si>
     <t>#91 Charles Erickson - DT</t>
   </si>
   <si>
     <t>#91 Matthew Rocha - SLB</t>
   </si>
   <si>
     <t>#96 William Murray - WLB</t>
   </si>
   <si>
-    <t>#59 David Rao - MLB</t>
+    <t>#53 David Rao - MLB</t>
   </si>
   <si>
     <t>#62 James Smith - RT</t>
   </si>
   <si>
     <t>#4 Harry Rodgers - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-Aub 25 (15:00) 12-Charles Zuniga pass INTERCEPTED by 58-Barry Sandoval at Aub 34. 58-Barry Sandoval to Aub 34 for -0 yards. Tackle by 43-Glenn Dorsch. Pressure by 51-Bruce Johnston.</t>
   </si>
   <si>
     <t>#12 Charles Zuniga - QB</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>3:08</t>
   </si>
   <si>
     <t>ARK 6</t>
   </si>
   <si>
     <t>3-6-Aub 6 (3:07) 12-Carl Aitken pass Pass knocked down by 57-David Rao. incomplete, intended for 87-John Speer.</t>
   </si>
   <si>
     <t>3:03</t>
   </si>
   <si>
     <t>4-6-Aub 6 (3:04) 4-Harry Rodgers 24 yard field goal is GOOD. Ala 3 Aub 6</t>
   </si>
   <si>
     <t>#55 Blaine Larson - LG</t>
   </si>
   <si>
     <t>#61 Michael Buterbaugh - RG</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>(3:02) 4-Harry Rodgers kicks 75 yards from Ala 35 to Aub -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-Aub 25 (3:02) 12-Charles Zuniga pass Pass knocked down by 42-Craig Knight. incomplete, intended for 14-Duane Guy.</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-Aub 25 (2:59) 12-Charles Zuniga pass complete to 89-Gary Schultz to Aub 32 for 7 yards. Tackle by 43-Richard Poindexter.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>ARK 32</t>
   </si>