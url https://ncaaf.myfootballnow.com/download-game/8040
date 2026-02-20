--- v0 (2025-10-23)
+++ v1 (2026-02-20)
@@ -515,51 +515,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-PSt 37 (12:07) 9-Justin Widman punts 49 yards to WVU 14.</t>
   </si>
   <si>
     <t>#9 Justin Widman - P</t>
   </si>
   <si>
     <t>#40 Mike Salinas - RB</t>
   </si>
   <si>
     <t>#85 Toby Oleson - WR</t>
   </si>
   <si>
     <t>#30 Frank Burchette - SS</t>
   </si>
   <si>
     <t>#15 Steven Menzel - WR</t>
   </si>
   <si>
     <t>#20 Herbert Miller - CB</t>
   </si>
   <si>
-    <t>#51 Peter Tews - C</t>
+    <t>#54 Peter Tews - C</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#93 Santo Hernandez - SLB</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>WVU 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-WVU 14 (11:58) 21-Mark Levine ran to WVU 18 for 4 yards. Tackle by 93-Eduardo Harris.</t>
   </si>