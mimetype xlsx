--- v0 (2025-10-16)
+++ v1 (2025-12-30)
@@ -782,51 +782,51 @@
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-4-USC 44 (6:32) 10-Timothy Farley pass complete to 89-Mark White for 56 yards. TOUCHDOWN! Nice job by 89-Mark White on that route to lose his coverage. USC 6 Ken 7</t>
   </si>
   <si>
     <t>#55 Houston Tyson - MLB</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>ALA 15</t>
   </si>
   <si>
     <t>(6:23) Extra point GOOD by 6-Grant Bayer. USC 7 Ken 7</t>
   </si>
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
     <t>#76 Ben Cass - RG</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#72 Abel Blessing - RT</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>#74 John Jones - C</t>
   </si>
   <si>
     <t>#59 Brandon Blow - WLB</t>
   </si>
   <si>
     <t>#97 Eric Moore - SLB</t>
   </si>
   <si>
     <t>(6:23) 6-Grant Bayer kicks 74 yards from USC 35 to Ken -9. Touchback.</t>
   </si>
   <si>
     <t>#57 Kenneth McElroy - SLB</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>