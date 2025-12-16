--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -512,51 +512,51 @@
   <si>
     <t>#89 Alexander Crist - WR</t>
   </si>
   <si>
     <t>#76 Errol Madsen - LT</t>
   </si>
   <si>
     <t>#61 Gerald Beaupre - LG</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#51 Dave Williams - RG</t>
   </si>
   <si>
     <t>#53 Nathan Williams - LT</t>
   </si>
   <si>
     <t>#70 Brian Duke - DT</t>
   </si>
   <si>
     <t>#59 George Conner - RDE</t>
   </si>
   <si>
-    <t>#52 Keneth Tolman - MLB</t>
+    <t>#94 Keneth Tolman - MLB</t>
   </si>
   <si>
     <t>#49 Gerald Deane - SS</t>
   </si>
   <si>
     <t>#21 Silas Corrigan - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>PUR 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-Mic 49 (12:42) 31-Calvin Elder ran to Mic 42 for -7 yards. Tackle by 22-Manuel Morrow. 82-Robert Randolph was completely beat on that play.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>