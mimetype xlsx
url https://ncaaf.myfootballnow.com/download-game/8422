--- v1 (2025-12-16)
+++ v2 (2026-03-03)
@@ -506,51 +506,51 @@
   <si>
     <t>#87 Roy Sanchez - WR</t>
   </si>
   <si>
     <t>#12 Robert Randolph - WR</t>
   </si>
   <si>
     <t>#89 Alexander Crist - WR</t>
   </si>
   <si>
     <t>#76 Errol Madsen - LT</t>
   </si>
   <si>
     <t>#61 Gerald Beaupre - LG</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#51 Dave Williams - RG</t>
   </si>
   <si>
     <t>#53 Nathan Williams - LT</t>
   </si>
   <si>
-    <t>#70 Brian Duke - DT</t>
+    <t>#63 Brian Duke - DT</t>
   </si>
   <si>
     <t>#59 George Conner - RDE</t>
   </si>
   <si>
     <t>#94 Keneth Tolman - MLB</t>
   </si>
   <si>
     <t>#49 Gerald Deane - SS</t>
   </si>
   <si>
     <t>#21 Silas Corrigan - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>PUR 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
@@ -1205,51 +1205,51 @@
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>PUR 50</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-6-Mic 50 (2:00) 31-Calvin Elder ran to Mic 46 for -3 yards. Tackle by 91-Jerry Barnes.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>PUR 46</t>
   </si>
   <si>
     <t>4-9-Mic 46 (1:27) 14-Micheal Webb punts 50 yards to FSt 3.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>VaT 3</t>
   </si>
   <si>
     <t>1-10-FSt 3 (1:17) 26-Saul Roberts ran to FSt 4 for 1 yards. Tackle by 98-George Landers.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>VaT 4</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-9-FSt 4 (0:34) 26-Saul Roberts ran to FSt 5 for a short gain. Tackle by 22-Donald Beck.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>