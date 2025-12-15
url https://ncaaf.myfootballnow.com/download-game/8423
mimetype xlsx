--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1520,51 +1520,51 @@
   <si>
     <t>2-7-Mia 40 (1:10) 3-Joe  Montana pass complete to 18-Donald Harrison to Mia 49 for 9 yards. Tackle by 92-Houston Tyson.</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>1-10-Mia 49 (0:32) 3-Joe  Montana pass Pass knocked down by 20-James Anderson. incomplete, intended for 83-Raymond Cox. Pressure by 63-Erin Hale.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>2-10-Mia 49 (0:26) 40-Freddie Jarrell ran to Ken 45 for 6 yards. Tackle by 42-Larry Lopez. Mia 50-Raymond Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#90 Robert Lopez - WLB</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-4-Ken 45 (15:00) 3-Joe  Montana pass incomplete, dropped by 84-Alberto Craig.</t>
   </si>
   <si>
-    <t>#50 Mark Mulkey - RG</t>
+    <t>#55 Mark Mulkey - RG</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>4-4-Ken 45 (14:58) 4-Frederick Casey punts 43 yards to Ken 2.</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>ALA 2</t>
   </si>
   <si>
     <t>1-10-Ken 2 (14:48) 10-Joseph Hale pass complete to 83-Benjamin Marino to Ken 9 for 7 yards. Tackle by 20-Dallas Webster. 83-Benjamin Marino did some fancy footwork there.</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>ALA 9</t>
   </si>
   <si>
     <t>2-3-Ken 9 (14:08) 35-Robert Lau ran to Ken 4 for -5 yards. Tackle by 45-Timothy Simmons.</t>
   </si>