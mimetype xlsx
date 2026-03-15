--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -356,54 +356,54 @@
   <si>
     <t>#3 Joe  Montana - QB</t>
   </si>
   <si>
     <t>#37 Jeremy Roman - FB</t>
   </si>
   <si>
     <t>#84 Alberto Craig - TE</t>
   </si>
   <si>
     <t>#15 Edward Knudsen - WR</t>
   </si>
   <si>
     <t>#86 Raymond Cox - WR</t>
   </si>
   <si>
     <t>#54 William Stein - LT</t>
   </si>
   <si>
     <t>#73 Richard Childs - RG</t>
   </si>
   <si>
     <t>#53 Gary Harrison - C</t>
   </si>
   <si>
-    <t>#55 Raymond Young - LG</t>
-[...2 lines deleted...]
-    <t>#53 Neal Pereira - LG</t>
+    <t>#51 Raymond Young - LG</t>
+  </si>
+  <si>
+    <t>#66 Neal Pereira - LG</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
     <t>#71 Jimmy Callen - DT</t>
   </si>
   <si>
     <t>#56 William Watson - DT</t>
   </si>
   <si>
     <t>#98 John Connelly - RDE</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
     <t>#55 Houston Tyson - MLB</t>
   </si>
   <si>
     <t>#59 Brandon Blow - WLB</t>
   </si>
   <si>
     <t>#20 James Anderson - CB</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#86 Donald Garrett - WR</t>
   </si>
   <si>
     <t>#89 Robert Quisenberry - WR</t>
   </si>
   <si>
     <t>#64 Calvin Sommers - RT</t>
   </si>
   <si>
     <t>#53 Bruce Hudson - LG</t>
   </si>
   <si>
     <t>#62 Wesley Kresge - C</t>
   </si>
   <si>
     <t>#61 Joel Martin - LG</t>
   </si>
   <si>
     <t>#58 Jarrod Rico - LT</t>
   </si>
   <si>
     <t>#79 Michael Carrol - DT</t>
   </si>
   <si>
-    <t>#68 Robert Wilson - DT</t>
+    <t>#75 Robert Wilson - DT</t>
   </si>
   <si>
     <t>#95 Bruce Bright - MLB</t>
   </si>
   <si>
     <t>#29 Kyle Lennon - CB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>ALA 14</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-18-Ken 14 (12:15) 10-Joseph Hale pass complete to 86-Donald Garrett to Ken 20 for 6 yards. Tackle by 48-Ray Hill.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>