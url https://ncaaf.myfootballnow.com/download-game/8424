--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Harry Rodgers kicks 75 yards from Ala 35 to WVU -10. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#85 Toby Oleson - WR</t>
   </si>
   <si>
     <t>#44 Lorenzo Brumbaugh - TE</t>
   </si>
   <si>
     <t>#41 Leonardo Brookover - FB</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#47 Emilio Singleton - RB</t>
   </si>