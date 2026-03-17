--- v1 (2025-12-17)
+++ v2 (2026-03-17)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Harry Rodgers kicks 75 yards from Ala 35 to WVU -10. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#85 Toby Oleson - WR</t>
   </si>
   <si>
     <t>#44 Lorenzo Brumbaugh - TE</t>
   </si>
   <si>
     <t>#41 Leonardo Brookover - FB</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#47 Emilio Singleton - RB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-Ala 7 (8:09) 1-Marvin Allen 25 yard field goal is GOOD. Ala 0 WVU 3</t>
   </si>
   <si>
     <t>#13 Wayne Ruel - QB</t>
   </si>
   <si>
     <t>#1 Marvin Allen - K</t>
   </si>
   <si>
     <t>#65 Patrick Murphy - RG</t>
   </si>
   <si>
     <t>#54 William Kline - RDE</t>
   </si>
   <si>
-    <t>#91 Erick Roach - WLB</t>
+    <t>#56 Erick Roach - WLB</t>
   </si>
   <si>
     <t>#72 Stephen Clapp - LDE</t>
   </si>
   <si>
     <t>#93 Douglas Elwell - DT</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>WVU 35</t>
   </si>
   <si>
     <t>(8:07) 1-Marvin Allen kicks 75 yards from WVU 35 to Ala -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Michael Thomas - WR</t>
   </si>
   <si>
     <t>#72 Austin Teachout - LT</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>1-10-Ala 25 (8:07) 12-Carl Aitken pass Pass knocked down by 35-Rudy Moss. incomplete, intended for 86-Shawn Schwab.</t>
   </si>
   <si>
     <t>#12 Carl Aitken - QB</t>
   </si>
   <si>
     <t>#39 Freeman Wilmes - RB</t>
   </si>
   <si>
     <t>#62 John Dean - LT</t>
   </si>
   <si>
     <t>#86 Shawn Schwab - TE</t>
   </si>
   <si>
     <t>#17 Vernon Scarberry - WR</t>
   </si>
   <si>
     <t>#12 Thomas Pennington - WR</t>
   </si>
   <si>
     <t>#79 Gerald Havens - RG</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>#78 William Nelson - RG</t>
   </si>
   <si>
     <t>#61 Michael Buterbaugh - RG</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 Johnnie Kidd - DT</t>
   </si>
   <si>
     <t>#61 Lou Holyfield - DT</t>
   </si>
   <si>
     <t>#67 Matt Anstett - DT</t>
   </si>
   <si>
     <t>#97 George Kaiser - MLB</t>
   </si>
   <si>
     <t>#99 Aaron Russell - WLB</t>
   </si>