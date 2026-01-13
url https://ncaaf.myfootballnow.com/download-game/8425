--- v0 (2025-10-15)
+++ v1 (2026-01-13)
@@ -551,51 +551,51 @@
   <si>
     <t>#51 Juan Mikel - RDE</t>
   </si>
   <si>
     <t>#77 Jeffrey Dunn - RDE</t>
   </si>
   <si>
     <t>#46 David Hofmann - CB</t>
   </si>
   <si>
     <t>#30 Matthew Sapien - CB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>AZS 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-8-USC 23 (12:09) 35-Hubert Arellano ran to USC 22 for -1 yards. Tackle by 59-Clifford Behn.</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>AZS 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>3-9-USC 22 (11:25) 7-Willie Jernigan sacked at USC 12 for -9 yards (66-Kenneth Lee). Sack allowed by 60-Joseph Whobrey.</t>
   </si>
   <si>
     <t>#44 Hai Longo - RB</t>
   </si>
   <si>
     <t>#15 Thomas Sirois - WR</t>
   </si>
   <si>
     <t>#14 Lyndon Prime - WR</t>
   </si>