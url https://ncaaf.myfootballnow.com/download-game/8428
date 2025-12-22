--- v0 (2025-10-16)
+++ v1 (2025-12-22)
@@ -920,51 +920,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-Mic 15 (14:58) 44-Hai Longo ran to Mic 8 for 6 yards. Tackle by 39-Jerry Hanna.</t>
   </si>
   <si>
     <t>#2 Lawrence Marchant - WR</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PUR 8</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-4-Mic 8 (14:20) 12-Charles Hendrix ran for 8 yards. TOUCHDOWN! Mic 7 USC 6</t>
   </si>
   <si>
     <t>(14:17) Extra point GOOD by 6-Grant Bayer. Mic 7 USC 7</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#70 Douglas Turnipseed - LG</t>
   </si>
   <si>
     <t>#72 Abel Blessing - RT</t>
   </si>
   <si>
     <t>(14:17) 6-Grant Bayer kicks 73 yards from USC 35 to Mic -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-Mic 25 (14:17) 31-Calvin Elder ran to Mic 28 for 3 yards. Tackle by 43-James Vaughn.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>