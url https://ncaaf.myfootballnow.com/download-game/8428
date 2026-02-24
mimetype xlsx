--- v1 (2025-12-22)
+++ v2 (2026-02-24)
@@ -458,63 +458,63 @@
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>3-6-Mic 29 (13:34) 13-Eric Becker pass complete to 31-Calvin Elder to Mic 31 for 2 yards. Tackle by 23-Derrick White.</t>
   </si>
   <si>
     <t>#85 Andrew Singleton - TE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>PUR 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-Mic 31 (12:58) 14-Micheal Webb punts 44 yards to USC 24. 11-Randy England to USC 30 for 6 yards. Tackle by 21-Matthew Jung.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>#11 Randy England - WR</t>
   </si>
   <si>
     <t>#69 Gerry Keller - LDE</t>
   </si>
   <si>
     <t>#70 Merrill Schmidt - LG</t>
   </si>
   <si>
-    <t>#88 Josue Torres - TE</t>
+    <t>#86 Josue Torres - TE</t>
   </si>
   <si>
     <t>#33 Kenneth Brannon - FB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>AZS 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-USC 30 (12:49) 12-Charles Hendrix ran to USC 38 for 8 yards. Tackle by 42-Fredrick Kidd.</t>
   </si>
   <si>
     <t>#7 Willie Jernigan - QB</t>
   </si>
   <si>
     <t>#41 Charles Hendrix - RB</t>
   </si>