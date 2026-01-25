--- v0 (2025-10-26)
+++ v1 (2026-01-25)
@@ -362,51 +362,51 @@
   <si>
     <t>#83 Elton Hatcher - WR</t>
   </si>
   <si>
     <t>#84 Javier Proctor - WR</t>
   </si>
   <si>
     <t>#89 Jerry Sova - WR</t>
   </si>
   <si>
     <t>#70 Herbert Pierson - LT</t>
   </si>
   <si>
     <t>#72 Richard Parish - LT</t>
   </si>
   <si>
     <t>#58 Taylor Fuller - C</t>
   </si>
   <si>
     <t>#71 Roy Elliott - LG</t>
   </si>
   <si>
     <t>#67 Gary Trammel - RG</t>
   </si>
   <si>
-    <t>#78 Ernest Lindsay - DT</t>
+    <t>#95 Ernest Lindsay - DT</t>
   </si>
   <si>
     <t>#91 Robert Austin - DT</t>
   </si>
   <si>
     <t>#56 William Bowman - RDE</t>
   </si>
   <si>
     <t>#57 Aaron Holcomb - WLB</t>
   </si>
   <si>
     <t>#53 Raymond Hersey - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
   <si>
     <t>#25 John Cruz - CB</t>
   </si>
   <si>
     <t>#29 Kyle Lennon - CB</t>
   </si>
   <si>
     <t>#27 David Gonzalez - CB</t>
   </si>