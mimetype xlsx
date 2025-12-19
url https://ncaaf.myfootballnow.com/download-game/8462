--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -374,51 +374,51 @@
   <si>
     <t>#57 Wilfred Hudson - LG</t>
   </si>
   <si>
     <t>#79 Nathan Brassell - C</t>
   </si>
   <si>
     <t>#63 Aaron Strickland - RG</t>
   </si>
   <si>
     <t>#54 Milton Barrera - RT</t>
   </si>
   <si>
     <t>#79 George Bowers - DT</t>
   </si>
   <si>
     <t>#93 Ryan Mena - DT</t>
   </si>
   <si>
     <t>#74 Kevin Haines - DT</t>
   </si>
   <si>
     <t>#96 David Wheat - RDE</t>
   </si>
   <si>
-    <t>#97 Thomas Clark - WLB</t>
+    <t>#97 Thomas Clark - SLB</t>
   </si>
   <si>
     <t>#51 Shawn Finch - SLB</t>
   </si>
   <si>
     <t>#23 Melvin Payne - CB</t>
   </si>
   <si>
     <t>#35 David Meadows - CB</t>
   </si>
   <si>
     <t>#35 John Bilbo - CB</t>
   </si>
   <si>
     <t>#20 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#33 Michael McLin - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>DUK 34</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-22-MAR 13 (12:09) 1-Sammy Strange pass complete to 28-Keith Bowman to MAR 18 for 5 yards. Tackle by 56-Chad Stillwell.</t>
   </si>
   <si>
     <t>#56 Chad Stillwell - MLB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>4-17-MAR 18 (11:28) 17-Herman Shumaker punts 44 yards to DUK 37. Fair Catch by 40-Freddie Jarrell.</t>
   </si>
   <si>
     <t>#17 Herman Shumaker - P</t>
   </si>
   <si>
     <t>#61 Kris McHugh - C</t>
   </si>
   <si>
-    <t>#69 Julius Yee - LT</t>
+    <t>#70 Julius Yee - LT</t>
   </si>
   <si>
     <t>#95 Todd Bello - DT</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DUK 37 (11:22) 5-Matthew Malone pass complete to 42-George Allen to DUK 43 for 6 yards. Tackle by 92-Alexander Mitchell.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>DUK 43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>