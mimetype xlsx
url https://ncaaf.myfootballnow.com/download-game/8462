--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -479,51 +479,51 @@
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-DUK 37 (13:32) 16-Vernon Fuller punts 47 yards to MAR 16. 28-Keith Bowman to MAR 25 for 10 yards. Tackle by 79-Nathan Brassell.</t>
   </si>
   <si>
     <t>#16 Vernon Fuller - P</t>
   </si>
   <si>
     <t>#36 Keith Bowman - RB</t>
   </si>
   <si>
     <t>#59 Frank Hoyos - SLB</t>
   </si>
   <si>
     <t>#37 Herbert Moore - SS</t>
   </si>
   <si>
-    <t>#65 Scott Gillison - LT</t>
+    <t>#74 Scott Gillison - LT</t>
   </si>
   <si>
     <t>#70 Nathaniel Shumake - C</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>MAR 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MAR 25 (13:23) 28-Keith Bowman ran to MAR 26 for 2 yards. Tackle by 58-Curtis Hamilton.</t>
   </si>
   <si>
     <t>#2 Sammy Strange - QB</t>
   </si>
   <si>
     <t>#82 Edward Kingsbury - TE</t>
   </si>
@@ -938,51 +938,51 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-MAR 20 (14:11) 1-Sammy Strange pass complete to 82-Edward Kingsbury to MAR 26 for 6 yards. Tackle by 54-Troy Wimer.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>2-4-MAR 26 (13:31) 28-Keith Bowman ran to MAR 36 for 9 yards. Tackle by 21-Thomas Farmer. DUK 30-Anthony Vowels was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-MAR 36 (12:51) 49-George Cruz ran to MAR 41 for 5 yards. Tackle by 49-Edgar Hernandez.</t>
   </si>
   <si>
     <t>#29 Michael Bourgoin - RB</t>
   </si>
   <si>
-    <t>#37 Joshua Canterbury - SS</t>
+    <t>#43 Joshua Canterbury - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-5-MAR 41 (12:12) 1-Sammy Strange pass Pass knocked down by 94-Robert Valle. incomplete, intended for 14-George Erickson.</t>
   </si>
   <si>
     <t>#50 Robert Bohn - MLB</t>
   </si>
   <si>
     <t>3-5-MAR 41 (12:09) 1-Sammy Strange pass complete to 14-George Erickson to MAR 43 for 2 yards. Tackle by 58-Curtis Hamilton.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>MAR 43</t>
   </si>
   <si>
     <t>4-3-MAR 43 (11:25) 17-Herman Shumaker punts 62 yards to DUK -5.4-3-MAR 43 (11:25) 17-Herman Shumaker punts 62 yards to DUK -5. Touchback.</t>
   </si>