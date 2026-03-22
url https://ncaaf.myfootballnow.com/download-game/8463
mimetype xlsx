--- v0 (2025-10-18)
+++ v1 (2026-03-22)
@@ -371,51 +371,51 @@
   <si>
     <t>#50 Jose Herbert - LT</t>
   </si>
   <si>
     <t>#64 Jon Carlyle - LT</t>
   </si>
   <si>
     <t>#75 Christopher Oconnor - C</t>
   </si>
   <si>
     <t>#63 William Jensen - LT</t>
   </si>
   <si>
     <t>#61 Charles Marcell - RG</t>
   </si>
   <si>
     <t>#93 Ryan Turner - LDE</t>
   </si>
   <si>
     <t>#64 Rodney Ward - DT</t>
   </si>
   <si>
     <t>#96 James Vizcarra - DT</t>
   </si>
   <si>
-    <t>#68 Robert Wilson - DT</t>
+    <t>#75 Robert Wilson - DT</t>
   </si>
   <si>
     <t>#95 Bruce Bright - MLB</t>
   </si>
   <si>
     <t>#94 Malcolm Borden - WLB</t>
   </si>
   <si>
     <t>#23 Todd Young - CB</t>
   </si>
   <si>
     <t>#45 Morris Fields - CB</t>
   </si>
   <si>
     <t>#28 Morris Williams - CB</t>
   </si>
   <si>
     <t>#32 Marc Danforth - SS</t>
   </si>
   <si>
     <t>#30 Frank Burchette - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#80 James Boswell - TE</t>
   </si>
   <si>
     <t>#97 Thomas Woods - DT</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NCS 25</t>
   </si>
   <si>
     <t>4-3-NCS 25 (11:22) 4-Frederick Casey punts 53 yards to ARI 21. 14-Gerald Martin to ARI 28 for 6 yards. Tackle by 91-Matthew Catlett.</t>
   </si>
   <si>
     <t>#4 Frederick Casey - P</t>
   </si>
   <si>
     <t>#78 Frederick Noble - C</t>
   </si>
   <si>
     <t>#14 Gerald Martin - WR</t>
   </si>
   <si>
-    <t>#55 Raymond Young - LG</t>
+    <t>#51 Raymond Young - LG</t>
   </si>
   <si>
     <t>#76 Dylan Williams - LT</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>ARI 28</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-ARI 28 (11:14) 1-Frederick Rogers pass complete to 19-David Higgins to ARI 34 for 6 yards. Tackle by 57-Kenneth McElroy.</t>
   </si>
   <si>
     <t>#37 Randy Viera - FB</t>
   </si>
   <si>
     <t>#84 Tony Hayward - TE</t>
   </si>
@@ -857,51 +857,51 @@
   <si>
     <t>NCS 9</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-4-NCS 9 (2:09) 3-Joe  Montana pass complete to 84-James Boswell to NCS 18 for 8 yards. Tackle by 21-Nicholas Wade.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NCS 18 (1:27) 39-Francis Fair ran to NCS 18 for 1 yards. Tackle by 66-Robert Root. NCS 87-Mark Klass was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#87 Mark Klass - TE</t>
+    <t>#89 Mark Klass - TE</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>2-9-NCS 18 (0:51) 3-Joe  Montana pass complete to 83-Raymond Cox to NCS 24 for 6 yards. Tackle by 40-Lawrence Eagle. Nice job by 83-Raymond Cox on that route to lose his coverage.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>NCS 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-4-NCS 24 (0:15) 39-Francis Fair ran to NCS 28 for 3 yards. Tackle by 79-James Medina.</t>
   </si>