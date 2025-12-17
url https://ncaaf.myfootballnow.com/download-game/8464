--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -293,51 +293,51 @@
   <si>
     <t>USC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Joseph Wheatley kicks 67 yards from USC 35 to VaT -2. 13-Alfredo Kester to VaT 29 for 31 yards. Tackle by 83-Rene Sparks.</t>
   </si>
   <si>
     <t>#13 Alfredo Kester - WR</t>
   </si>
   <si>
     <t>#66 Troy Silvey - DT</t>
   </si>
   <si>
     <t>#59 George Conner - RDE</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
-    <t>#52 Keneth Tolman - MLB</t>
+    <t>#94 Keneth Tolman - MLB</t>
   </si>
   <si>
     <t>#95 Wes Lopez - WLB</t>
   </si>
   <si>
     <t>#62 Calvin Stevens - DT</t>
   </si>
   <si>
     <t>#34 Andrew King - SS</t>
   </si>
   <si>
     <t>#72 Donald Sindelar - LDE</t>
   </si>
   <si>
     <t>#48 Ray Hill - CB</t>
   </si>
   <si>
     <t>#63 Kelly Jefferson - WLB</t>
   </si>
   <si>
     <t>#11 Joseph Wheatley - K</t>
   </si>
   <si>
     <t>VaT</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>3-8-USC 8 (14:09) 40-Donald Russo ran to USC 2 for 6 yards. Tackle by 27-John Thiele.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>USC 2</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-USC 2 (13:34) 9-James Kidwell 20 yard field goal is GOOD. USC 0 VaT 3</t>
   </si>
   <si>
     <t>#2 Chase Hunnicutt - QB</t>
   </si>
   <si>
     <t>#9 James Kidwell - K</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
+    <t>#62 Blake Lorenz - RDE</t>
   </si>
   <si>
     <t>#95 David Espey - WLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>VaT 35</t>
   </si>
   <si>
     <t>(13:32) 9-James Kidwell kicks 75 yards from VaT 35 to USC -10. Touchback.</t>
   </si>
   <si>
     <t>USC 25</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-USC 25 (13:32) 12-Timothy Farley pass complete to 87-John Jones to USC 28 for 3 yards. Tackle by 43-Richard Walthall.</t>
   </si>