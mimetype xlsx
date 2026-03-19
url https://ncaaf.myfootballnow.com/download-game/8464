--- v1 (2025-12-17)
+++ v2 (2026-03-19)
@@ -515,51 +515,51 @@
   <si>
     <t>#36 James Williams - FB</t>
   </si>
   <si>
     <t>#88 Joseph Santos - TE</t>
   </si>
   <si>
     <t>#26 Daniel Voight - TE</t>
   </si>
   <si>
     <t>#72 Shawn Yang - LT</t>
   </si>
   <si>
     <t>#57 Sam Kennedy - LG</t>
   </si>
   <si>
     <t>#66 Steve Peet - C</t>
   </si>
   <si>
     <t>#71 Louie McCormick - RG</t>
   </si>
   <si>
     <t>#56 Christopher Brescia - RT</t>
   </si>
   <si>
-    <t>#70 Brian Duke - DT</t>
+    <t>#63 Brian Duke - DT</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>#29 Robert Wright - CB</t>
   </si>
   <si>
     <t>#28 Mark Burch - SS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>USC 27</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-3-USC 27 (13:23) 12-Timothy Farley pass complete to 19-Dennis Cooper to USC 33 for 6 yards. Tackle by 95-Wes Lopez.</t>
   </si>
   <si>
     <t>#87 John Jones - WR</t>
   </si>