--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -308,51 +308,51 @@
   <si>
     <t>#90 Aaron Nguyen - LDE</t>
   </si>
   <si>
     <t>#43 Brian Fonseca - FS</t>
   </si>
   <si>
     <t>#95 Marc Pace - SLB</t>
   </si>
   <si>
     <t>#31 Michael Dowell - RB</t>
   </si>
   <si>
     <t>#94 Dennis Roberson - DT</t>
   </si>
   <si>
     <t>#59 Ronald Allen - MLB</t>
   </si>
   <si>
     <t>#94 Kevin Corona - SLB</t>
   </si>
   <si>
     <t>#20 Enrique Daly - CB</t>
   </si>
   <si>
-    <t>#32 Ricardo Aybar - SS</t>
+    <t>#42 Ricardo Aybar - SS</t>
   </si>
   <si>
     <t>#50 Johnnie Campbell - DT</t>
   </si>
   <si>
     <t>#12 Marlin Lancaster - K</t>
   </si>
   <si>
     <t>NDI</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NDI 16</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NDI 16 (14:57) 18-Marion Bailey sacked at NDI 5 for -11 yards (51-Jerry Gusman). Sack allowed by 52-Frederick Allen.</t>
   </si>
@@ -638,54 +638,54 @@
   <si>
     <t>#27 Michael Molina - RB</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-Syr 25 (7:57) 14-Johnson Woodruff pass complete to 88-Jerry Hughes to Syr 31 for 6 yards. Tackle by 39-Joseph James.</t>
   </si>
   <si>
     <t>#14 Johnson Woodruff - QB</t>
   </si>
   <si>
     <t>#37 Clyde Honeycutt - RB</t>
   </si>
   <si>
     <t>#71 Kevin Wingo - LG</t>
   </si>
   <si>
-    <t>#88 Jerry Hughes - TE</t>
-[...2 lines deleted...]
-    <t>#88 Ronnie Watson - WR</t>
+    <t>#85 Jerry Hughes - TE</t>
+  </si>
+  <si>
+    <t>#87 Ronnie Watson - WR</t>
   </si>
   <si>
     <t>#79 Robert Teston - LT</t>
   </si>
   <si>
     <t>#61 Dale Hollander - LG</t>
   </si>
   <si>
     <t>#78 Jeff Snow - C</t>
   </si>
   <si>
     <t>#59 Robert Ritter - RG</t>
   </si>
   <si>
     <t>#67 Isaac Moore - RT</t>
   </si>
   <si>
     <t>#72 David Gualtieri - LDE</t>
   </si>
   <si>
     <t>#77 Michael Stallings - DT</t>
   </si>
   <si>
     <t>#97 Herschel Stevens - DT</t>
   </si>