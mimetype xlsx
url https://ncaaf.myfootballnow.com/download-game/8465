--- v1 (2025-12-14)
+++ v2 (2026-01-13)
@@ -485,51 +485,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-NDI 36 (12:58) 18-Marion Bailey sacked at NDI 26 for -10 yards (60-Michael Goldstein). Sack allowed by 77-Eric Sheets. 77-Eric Sheets was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#18 Jason Hobby - WR</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>NDI 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-20-NDI 26 (12:16) 31-Michael Dowell ran to NDI 40 for 14 yards. Tackle by 31-Michael Houle.</t>
   </si>
   <si>
-    <t>#91 James McDonald - SLB</t>
+    <t>#51 James McDonald - SLB</t>
   </si>
   <si>
     <t>#28 Manuel Wooster - FS</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>NDI 40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-6-NDI 40 (11:34) 18-Marion Bailey pass complete to 38-Oliver Gonzales to Syr 49 for 11 yards. Tackle by 98-Jim Gatton.</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>Syr 49</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>