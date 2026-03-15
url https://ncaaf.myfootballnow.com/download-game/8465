--- v2 (2026-01-13)
+++ v3 (2026-03-15)
@@ -668,51 +668,51 @@
   <si>
     <t>#79 Robert Teston - LT</t>
   </si>
   <si>
     <t>#61 Dale Hollander - LG</t>
   </si>
   <si>
     <t>#78 Jeff Snow - C</t>
   </si>
   <si>
     <t>#59 Robert Ritter - RG</t>
   </si>
   <si>
     <t>#67 Isaac Moore - RT</t>
   </si>
   <si>
     <t>#72 David Gualtieri - LDE</t>
   </si>
   <si>
     <t>#77 Michael Stallings - DT</t>
   </si>
   <si>
     <t>#97 Herschel Stevens - DT</t>
   </si>
   <si>
-    <t>#51 Scott Rodriguez - RDE</t>
+    <t>#76 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>#94 Henry Shivers - MLB</t>
   </si>
   <si>
     <t>#90 Robert Harden - MLB</t>
   </si>
   <si>
     <t>#26 Joseph James - CB</t>
   </si>
   <si>
     <t>#23 Ramon Bingham - SS</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>Syr 31</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-4-Syr 31 (7:14) 14-Johnson Woodruff pass complete to 16-Armando Creighton to Syr 43 for 12 yards. Tackle by 94-Kevin Corona.</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-2-NDI 49 (5:09) 37-Clyde Honeycutt ran to NDI 48 for 2 yards. Tackle by 91-Henry Shivers. Syr 67-Isaac Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>Timeout Syr</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NDI 48 (4:37) 2-Roger Brammer punts 38 yards to NDI 10. Fair Catch by 38-Oliver Gonzales.</t>
   </si>
   <si>
-    <t>#6 Roger Brammer - P</t>
+    <t>#9 Roger Brammer - P</t>
   </si>
   <si>
     <t>#70 Darren Alexander - C</t>
   </si>
   <si>
     <t>#76 Brian Maynard - LT</t>
   </si>
   <si>
     <t>#63 Walter Poling - DT</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>NDI 10</t>
   </si>
   <si>
     <t>1-10-NDI 10 (4:31) 38-Oliver Gonzales ran to NDI 9 for -1 yards. Tackle by 94-Kevin Russo.</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>NDI 9</t>
   </si>