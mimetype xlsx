--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1085,51 +1085,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-GaT 25 (9:10) 1-Duane Hartz pass complete to 85-Dick Vandyke to GaT 31 for 6 yards. Tackle by 24-Marcus Steadman. 24-Marcus Steadman got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-4-GaT 31 (8:32) 33-Richard Pryor ran to GaT 32 for 1 yards. Tackle by 50-Javier Harris. VAN 57-Nathan Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>GaT 32</t>
   </si>
   <si>
     <t>3-3-GaT 32 (7:53) 33-Richard Pryor ran to GaT 39 for 7 yards. Tackle by 39-Shelby Olivares.</t>
   </si>
   <si>
-    <t>#58 Douglas Peters - WLB</t>
+    <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>GaT 39</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-GaT 39 (7:08) 1-Duane Hartz pass complete to 45-Adam Guess to GaT 47 for 8 yards. Tackle by 50-Javier Harris.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>2-2-GaT 47 (6:30) 47-David Bracamonte ran to GaT 47 for a short loss. Tackle by 26-Joshua Stokes.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>3-2-GaT 47 (5:47) 33-Richard Pryor ran to VAN 50 for 3 yards. Tackle by 24-Marcus Steadman.</t>
   </si>