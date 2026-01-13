--- v1 (2025-12-14)
+++ v2 (2026-01-13)
@@ -371,51 +371,51 @@
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
     <t>#73 Richard Mims - LG</t>
   </si>
   <si>
     <t>#59 William Baker - C</t>
   </si>
   <si>
     <t>#65 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#63 Steven Perry - RT</t>
   </si>
   <si>
     <t>#92 Wade Craver - LDE</t>
   </si>
   <si>
     <t>#55 Charles Prather - LDE</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
-    <t>#63 Eric Inglis - DT</t>
+    <t>#58 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#92 Glen Hanlin - LDE</t>
   </si>
   <si>
     <t>#50 Javier Harris - WLB</t>
   </si>
   <si>
     <t>#57 Timothy Abner - MLB</t>
   </si>
   <si>
     <t>#59 Nathan Johnson - WLB</t>
   </si>
   <si>
     <t>#24 Marcus Steadman - CB</t>
   </si>
   <si>
     <t>#30 Omer Contreras - SS</t>
   </si>
   <si>
     <t>#39 Shelby Olivares - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>