--- v2 (2026-01-13)
+++ v3 (2026-03-14)
@@ -356,66 +356,66 @@
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#33 Richard Pryor - RB</t>
   </si>
   <si>
     <t>#26 John Rodriguez - FB</t>
   </si>
   <si>
     <t>#33 Adam Guess - FB</t>
   </si>
   <si>
     <t>#12 Dick Vandyke - WR</t>
   </si>
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
     <t>#73 Richard Mims - LG</t>
   </si>
   <si>
     <t>#59 William Baker - C</t>
   </si>
   <si>
-    <t>#65 Gregory Dellinger - RG</t>
+    <t>#71 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#63 Steven Perry - RT</t>
   </si>
   <si>
     <t>#92 Wade Craver - LDE</t>
   </si>
   <si>
     <t>#55 Charles Prather - LDE</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
-    <t>#58 Eric Inglis - DT</t>
+    <t>#68 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#92 Glen Hanlin - LDE</t>
   </si>
   <si>
     <t>#50 Javier Harris - WLB</t>
   </si>
   <si>
     <t>#57 Timothy Abner - MLB</t>
   </si>
   <si>
     <t>#59 Nathan Johnson - WLB</t>
   </si>
   <si>
     <t>#24 Marcus Steadman - CB</t>
   </si>
   <si>
     <t>#30 Omer Contreras - SS</t>
   </si>
   <si>
     <t>#39 Shelby Olivares - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-VAN 36 (11:47) 33-Richard Pryor ran to VAN 27 for 9 yards. Tackle by 26-Joshua Stokes.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>VAN 27</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-1-VAN 27 (11:10) 26-John Rodriguez ran to VAN 17 for 10 yards. Tackle by 42-Chase Lang.</t>
   </si>
   <si>
-    <t>#10 Jose Kraus - WR</t>
+    <t>#86 Jose Kraus - WR</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>VAN 17</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 17 (10:32) 1-Duane Hartz pass incomplete, dropped by 32-Kevin James.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-10-VAN 17 (10:28) 1-Duane Hartz pass complete to 32-Kevin James to VAN 18 for a short loss. Tackle by 55-Charles Prather.</t>
   </si>