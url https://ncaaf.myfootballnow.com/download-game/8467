--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -434,51 +434,51 @@
   <si>
     <t>2-11-UCL 24 (14:17) 1-Ryan Donnelly sacked at UCL 13 for -11 yards (91-Sylvester Jones)</t>
   </si>
   <si>
     <t>#89 James Black - WR</t>
   </si>
   <si>
     <t>#38 Robert Camp - FS</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>UCL 13</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-22-UCL 13 (13:41) 1-Ryan Donnelly pass complete to 35-Robert Benge to UCL 36 for 23 yards. Pressure by 98-George Landers. UCL 89-James Black was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#28 Nathaniel Middleton - CB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>UCL 36</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-UCL 36 (12:54) 1-Ryan Donnelly pass complete to 86-Jamey Padgett to UCL 39 for 3 yards. Tackle by 22-Donald Beck. 86-Jamey Padgett breaks down the CB. Pressure by 90-Joseph Crossley.</t>
   </si>
   <si>
     <t>#18 Beau Baker - WR</t>
   </si>
   <si>
     <t>#89 Humberto Vera - WR</t>
   </si>