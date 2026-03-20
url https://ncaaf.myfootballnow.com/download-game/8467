--- v1 (2026-01-08)
+++ v2 (2026-03-20)
@@ -824,51 +824,51 @@
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-PUR 43 (3:56) 13-Eric Becker pass Pass knocked down by 29-Greg Glenn. incomplete, intended for 31-Calvin Elder.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-10-PUR 43 (3:52) 13-Eric Becker pass complete to 33-Kenneth Brannon to UCL 50 for 8 yards. Tackle by 54-Harold Renteria. PUR 76-Errol Madsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>UCL 50</t>
   </si>
   <si>
     <t>4-3-UCL 50 (3:18) 14-Micheal Webb punts 43 yards to UCL 7.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>UCL 7</t>
   </si>
   <si>
     <t>1-10-UCL 7 (3:07) 1-Ryan Donnelly pass complete to 89-James Black to UCL 14 for 7 yards. Tackle by 39-Jerry Hanna.</t>
   </si>
   <si>
     <t>2:27</t>
   </si>
   <si>
     <t>UCL 14</t>
   </si>
   <si>
     <t>2-3-UCL 14 (2:26) 1-Ryan Donnelly pass complete to 35-Robert Benge to UCL 27 for 13 yards.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>UCL 27</t>
   </si>