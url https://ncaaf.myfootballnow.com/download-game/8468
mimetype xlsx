--- v0 (2025-10-19)
+++ v1 (2026-03-19)
@@ -551,51 +551,51 @@
   <si>
     <t>#16 Ronald Brigance - QB</t>
   </si>
   <si>
     <t>#19 Herman Allen - WR</t>
   </si>
   <si>
     <t>#88 Jason Veltri - WR</t>
   </si>
   <si>
     <t>#25 Charles Guerra - WR</t>
   </si>
   <si>
     <t>#87 Cedric Bynum - TE</t>
   </si>
   <si>
     <t>#85 George Gardner - TE</t>
   </si>
   <si>
     <t>#75 Timothy Long - LT</t>
   </si>
   <si>
     <t>#55 Luke Stamper - LG</t>
   </si>
   <si>
-    <t>#51 Peter Tews - C</t>
+    <t>#54 Peter Tews - C</t>
   </si>
   <si>
     <t>#72 Mark Allen - RG</t>
   </si>
   <si>
     <t>#78 Dennis Sessions - RT</t>
   </si>
   <si>
     <t>#68 Michael Lloyd - LDE</t>
   </si>
   <si>
     <t>#57 Andre Tillery - RDE</t>
   </si>
   <si>
     <t>#75 James Smith - DT</t>
   </si>
   <si>
     <t>#98 Roy Russell - WLB</t>
   </si>
   <si>
     <t>#53 Larry Woodward - MLB</t>
   </si>
   <si>
     <t>#40 Stanley Nelson - WLB</t>
   </si>