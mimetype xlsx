--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -518,51 +518,51 @@
   <si>
     <t>#11 Frank Wolfe - WR</t>
   </si>
   <si>
     <t>#14 Richard Little - WR</t>
   </si>
   <si>
     <t>#66 Johnny Giddings - LT</t>
   </si>
   <si>
     <t>#57 Antonio Godwin - LT</t>
   </si>
   <si>
     <t>#59 Rene McFarland - C</t>
   </si>
   <si>
     <t>#67 Jacob Pascua - RG</t>
   </si>
   <si>
     <t>#60 Hiram Rhoades - LT</t>
   </si>
   <si>
     <t>#94 Larry Bland - DT</t>
   </si>
   <si>
-    <t>#50 Johnny Hart - SLB</t>
+    <t>#98 Johnny Hart - SLB</t>
   </si>
   <si>
     <t>#42 Willie Settle - CB</t>
   </si>
   <si>
     <t>#49 Charles Wilder - CB</t>
   </si>
   <si>
     <t>#22 Lamar Gray - SS</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-UNC 43 (11:49) 10-Raymond Ringo pass complete to 26-Jared Spurgeon to UNC 39 for 4 yards. Tackle by 50-Johnny Hart.</t>
   </si>
   <si>
     <t>#82 Antonio Salls - TE</t>
   </si>
@@ -1640,51 +1640,51 @@
   <si>
     <t>UNC 11</t>
   </si>
   <si>
     <t>1-10-UNC 11 (5:26) 3-Daniel Doner sacked at UNC 1 for -10 yards (79-Norman Dossantos). Sack allowed by 54-Ricardo Gibson.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>UNC 1</t>
   </si>
   <si>
     <t>2-20-UNC 1 (4:43) 3-Daniel Doner sacked at UNC -9 for -10 yards (55-Douglas Madden). Sack allowed by 52-Matthew Karp. SAFETY! (55-Douglas Madden) 52-Matthew Karp completely missed his blocking assignment. HOU 5 UNC 6</t>
   </si>
   <si>
     <t>(4:41) 9-Steven Roden kicks 75 yards from UNC 20 to HOU 5. 34-Mark Hall to HOU 46 for 41 yards. Tackle by 9-Steven Roden.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>1-10-HOU 46 (4:34) 10-Raymond Ringo pass complete to 82-Antonio Salls to UNC 34 for 20 yards. Tackle by 95-Robby Berry.</t>
   </si>
   <si>
-    <t>#95 Robby Berry - WLB</t>
+    <t>#92 Robby Berry - WLB</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>UNC 34</t>
   </si>
   <si>
     <t>1-10-UNC 34 (3:52) 26-Jared Spurgeon ran to UNC 22 for 11 yards. Tackle by 50-Johnny Hart.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-UNC 22 (3:08) 34-Mark Hall ran to UNC 18 for 4 yards. Tackle by 42-Willie Settle.</t>
   </si>
   <si>
     <t>UNC 18</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-UNC 18 (2:29) 34-Mark Hall ran to UNC 21 for -3 yards. Tackle by 98-Neal White.</t>
   </si>