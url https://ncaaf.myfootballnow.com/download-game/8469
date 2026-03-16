--- v1 (2025-12-15)
+++ v2 (2026-03-16)
@@ -335,51 +335,51 @@
   <si>
     <t>#85 Toby Oleson - WR</t>
   </si>
   <si>
     <t>#3 Wilbert Rodriguez - K</t>
   </si>
   <si>
     <t>UNC</t>
   </si>
   <si>
     <t>UNC 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-UNC 25 (15:00) 47-Eric Webber ran to UNC 28 for 3 yards. Tackle by 53-Darrell Robicheaux.</t>
   </si>
   <si>
     <t>#3 Daniel Doner - QB</t>
   </si>
   <si>
-    <t>#47 Eric Webber - RB</t>
+    <t>#48 Eric Webber - RB</t>
   </si>
   <si>
     <t>#38 Jose Utter - RB</t>
   </si>
   <si>
     <t>#62 John Dean - LT</t>
   </si>
   <si>
     <t>#89 Luke Stamper - TE</t>
   </si>
   <si>
     <t>#86 William Knight - TE</t>
   </si>
   <si>
     <t>#64 Jimmy Barnett - LT</t>
   </si>
   <si>
     <t>#54 Ricardo Gibson - RT</t>
   </si>
   <si>
     <t>#59 Oliver Polanco - C</t>
   </si>
   <si>
     <t>#52 Matthew Karp - RG</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>3-1-HOU 47 (12:29) 47-Eric Webber ran to HOU 47 for 1 yards. 47-Eric Webber FUMBLES (79-Norman Dossantos) recovered by HOU-41-Timothy Simmons at HOU 47. Tackle by 52-Matthew Karp.</t>
   </si>
   <si>
     <t>#67 Marcus Taylor - LG</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-HOU 47 (12:26) 26-Jared Spurgeon ran to UNC 43 for 10 yards. Tackle by 24-Kasey Bentz.</t>
   </si>
   <si>
     <t>#10 Raymond Ringo - QB</t>
   </si>
   <si>
     <t>#34 Mark Hall - RB</t>
   </si>
   <si>
-    <t>#42 Jared Spurgeon - RB</t>
+    <t>#42 Jared Spurgeon - FB</t>
   </si>
   <si>
     <t>#12 Michael McLean - WR</t>
   </si>
   <si>
     <t>#11 Frank Wolfe - WR</t>
   </si>
   <si>
     <t>#14 Richard Little - WR</t>
   </si>
   <si>
     <t>#66 Johnny Giddings - LT</t>
   </si>
   <si>
     <t>#57 Antonio Godwin - LT</t>
   </si>
   <si>
     <t>#59 Rene McFarland - C</t>
   </si>
   <si>
     <t>#67 Jacob Pascua - RG</t>
   </si>
   <si>
     <t>#60 Hiram Rhoades - LT</t>
   </si>