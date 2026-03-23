--- v0 (2025-10-21)
+++ v1 (2026-03-23)
@@ -362,51 +362,51 @@
   <si>
     <t>#49 David Thompson - FB</t>
   </si>
   <si>
     <t>#19 Ronald Lung - WR</t>
   </si>
   <si>
     <t>#7 Ray Moore - WR</t>
   </si>
   <si>
     <t>#19 Thomas Dock - WR</t>
   </si>
   <si>
     <t>#50 Kristopher Johnson - LT</t>
   </si>
   <si>
     <t>#51 Scott Gregory - LT</t>
   </si>
   <si>
     <t>#74 Jerry Carollo - C</t>
   </si>
   <si>
     <t>#65 Ronald Mason - RG</t>
   </si>
   <si>
-    <t>#79 James King - RT</t>
+    <t>#78 James King - RT</t>
   </si>
   <si>
     <t>#94 Joshua Yager - LDE</t>
   </si>
   <si>
     <t>#95 Andrew Hensley - DT</t>
   </si>
   <si>
     <t>#96 Robert Snowden - RDE</t>
   </si>
   <si>
     <t>#53 Noel Garcia - MLB</t>
   </si>
   <si>
     <t>#93 Anthony Ingram - MLB</t>
   </si>
   <si>
     <t>#90 David Domingue - WLB</t>
   </si>
   <si>
     <t>#40 Lawrence Glidden - CB</t>
   </si>
   <si>
     <t>#23 Derrick White - CB</t>
   </si>
@@ -938,51 +938,51 @@
   <si>
     <t>3-5-AZS 46 (13:37) 7-Willie Jernigan pass complete to 16-Sam Jenkins for 54 yards. TOUCHDOWN! AZS 6 BAY 0</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>BAY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(13:29) Extra point GOOD by 6-Grant Bayer. AZS 7 BAY 0</t>
   </si>
   <si>
     <t>#62 Jerry Jones - LG</t>
   </si>
   <si>
     <t>#99 Nolan Priddy - SLB</t>
   </si>
   <si>
-    <t>#52 Alan Nunez - MLB</t>
+    <t>#51 Alan Nunez - MLB</t>
   </si>
   <si>
     <t>#99 Mark Farrior - DT</t>
   </si>
   <si>
     <t>(13:29) 6-Grant Bayer kicks 75 yards from AZS 35 to BAY -10. 20-John McMurray to BAY 28 for 38 yards. Tackle by 75-Shaun Cody.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>BAY 28</t>
   </si>
   <si>
     <t>1-10-BAY 28 (13:23) 27-Louis Martinez ran to BAY 39 for 11 yards. Tackle by 43-James Vaughn. PENALTY - Holding (BAY 74-Jerry Carollo)</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>1-17-BAY 22 (13:20) 27-Louis Martinez ran to BAY 22 for 1 yards. Tackle by 50-Anthony Ingram.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>