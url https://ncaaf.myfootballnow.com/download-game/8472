--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Richard Rios kicks 75 yards from TEX 35 to WVU -10. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#39 Jeffrey Olmeda - SS</t>
   </si>
   <si>
     <t>#44 Lorenzo Brumbaugh - TE</t>
   </si>
   <si>
     <t>#41 Leonardo Brookover - FB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>TEX 18</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEX 18 (3:44) 11-Donnie Wright pass complete to 83-Steven Menzel to TEX 5 for 12 yards. Tackle by 44-Jerry Peters.</t>
   </si>
   <si>
     <t>#22 Matthew Marshall - RB</t>
   </si>
   <si>
     <t>#10 Armando Rogers - WR</t>
   </si>
   <si>
     <t>#93 Douglas Elwell - DT</t>
   </si>
   <si>
-    <t>#96 Thomas Price - SLB</t>
+    <t>#91 Thomas Price - SLB</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>TEX 5</t>
   </si>
   <si>
     <t>1-5-TEX 5 (3:05) 21-Dale Farmer ran to TEX 1 for 4 yards. Tackle by 52-Leonard Briley.</t>
   </si>
   <si>
     <t>#31 Fred Slate - SS</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>TEX 1</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-1-TEX 1 (2:21) 21-Dale Farmer ran to TEX 1 for 1 yards. Tackle by 95-Erick Roach.</t>
   </si>