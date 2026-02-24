--- v1 (2025-12-21)
+++ v2 (2026-02-24)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Richard Rios kicks 75 yards from TEX 35 to WVU -10. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#39 Jeffrey Olmeda - SS</t>
   </si>
   <si>
     <t>#44 Lorenzo Brumbaugh - TE</t>
   </si>
   <si>
     <t>#41 Leonardo Brookover - FB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>
   <si>
     <t>#77 Rocky Gomez - LDE</t>
   </si>
   <si>
     <t>#54 William Kline - RDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brassard - DT</t>
   </si>
   <si>
     <t>#63 Justin Rivers - DT</t>
   </si>
   <si>
     <t>#75 Scott Pinto - RDE</t>
   </si>
   <si>
     <t>#58 Barry Sandoval - SLB</t>
   </si>
   <si>
     <t>#97 Leonard Briley - MLB</t>
   </si>
   <si>
-    <t>#91 Erick Roach - WLB</t>
+    <t>#56 Erick Roach - WLB</t>
   </si>
   <si>
     <t>#43 Richard Poindexter - CB</t>
   </si>
   <si>
     <t>#40 Allen Mata - CB</t>
   </si>
   <si>
     <t>#36 Gilbert Weiss - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>WVU 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-1-WVU 34 (14:17) 21-Dale Farmer ran to WVU 39 for 5 yards. Tackle by 36-Gilbert Weiss.</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#3 Daniel Stephens - QB</t>
   </si>
   <si>
     <t>#39 Freeman Wilmes - RB</t>
   </si>
   <si>
     <t>#86 Shawn Schwab - TE</t>
   </si>
   <si>
     <t>#17 Vernon Scarberry - WR</t>
   </si>
   <si>
     <t>#12 Thomas Pennington - WR</t>
   </si>
   <si>
     <t>#88 Steven Hardaway - WR</t>
   </si>
   <si>
     <t>#72 Austin Teachout - LT</t>
   </si>
   <si>
     <t>#79 Gerald Havens - RG</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>#78 William Nelson - RG</t>
   </si>
   <si>
     <t>#64 Christopher Felipe - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 Jean Johnson - DT</t>
   </si>
   <si>
     <t>#67 Matt Anstett - DT</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#97 George Kaiser - MLB</t>
   </si>
   <si>
     <t>#53 Robert Fortune - MLB</t>
   </si>
@@ -1529,51 +1529,51 @@
   <si>
     <t>4-5-WVU 22 (14:20) 19-Richard Rios 39 yard field goal is GOOD. TEX 6 WVU 6</t>
   </si>
   <si>
     <t>(14:17) 19-Richard Rios kicks 71 yards from TEX 35 to WVU -6. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-WVU 25 (14:17) 11-Donnie Wright pass complete to 23-Arthur Bell to WVU 37 for 12 yards. Tackle by 36-Gilbert Weiss. PENALTY - Facemask (TEX 36-Gilbert Weiss)</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>TEX 48</t>
   </si>
   <si>
     <t>1-10-TEX 48 (14:13) 11-Donnie Wright pass complete to 21-Dale Farmer to TEX 41 for 8 yards. Tackle by 95-Erick Roach.</t>
   </si>
   <si>
-    <t>#37 William Dawson - CB</t>
+    <t>#28 William Dawson - CB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-2-TEX 41 (13:34) 21-Dale Farmer ran to TEX 39 for 1 yards. Tackle by 63-Justin Rivers.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>3-1-TEX 39 (12:59) 11-Donnie Wright pass complete to 21-Dale Farmer to TEX 39 for a short gain. Tackle by 40-Allen Mata.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>4-1-TEX 39 (12:13) 1-Marvin Allen 56 yard field goal is GOOD. TEX 75-Scott Pinto was injured on the play. TEX 6 WVU 9</t>
   </si>
   <si>
     <t>(12:09) 1-Marvin Allen kicks 75 yards from WVU 35 to TEX -10. Touchback.</t>
   </si>