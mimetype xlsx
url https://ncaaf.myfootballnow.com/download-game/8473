--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -392,51 +392,51 @@
   <si>
     <t>#64 Donald Reed - DT</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>#95 John Brashear - RDE</t>
   </si>
   <si>
     <t>#91 Matthew Rocha - SLB</t>
   </si>
   <si>
     <t>#59 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#28 William Larkin - CB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
-    <t>#22 Leonard Gerken - FS</t>
+    <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#34 Kevin Bradshaw - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>Kan 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-Kan 38 (14:23) 2-Mark Drake pass complete to 11-Jerry Sanchez to Kan 41 for 3 yards. Tackle by 28-William Larkin.</t>
   </si>
   <si>
     <t>#34 Paul Jimenez - RB</t>
   </si>
   <si>
     <t>#12 John Diaz - WR</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#24 Travis Reese - RB</t>
   </si>
   <si>
     <t>#38 Ervin Roman - RB</t>
   </si>
   <si>
     <t>#88 Dennis Owen - TE</t>
   </si>
   <si>
     <t>#87 Eric Haygood - TE</t>
   </si>
   <si>
     <t>#50 Richard George - LT</t>
   </si>
   <si>
     <t>#61 Norman Ramos - LG</t>
   </si>
   <si>
     <t>#63 Robert Brown - C</t>
   </si>
   <si>
     <t>#78 Steven Hyland - LT</t>
   </si>
   <si>
-    <t>#79 Nicholas Green - RG</t>
+    <t>#79 Nicholas Green - RT</t>
   </si>
   <si>
     <t>#75 Brian Norman - RDE</t>
   </si>
   <si>
     <t>#70 Christopher Edwards - DT</t>
   </si>
   <si>
     <t>#97 Chris Viverette - RDE</t>
   </si>
   <si>
     <t>#65 Christopher Delucia - RDE</t>
   </si>
   <si>
     <t>#93 Christopher Muirhead - SLB</t>
   </si>
   <si>
     <t>#98 Thomas Phillips - MLB</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>