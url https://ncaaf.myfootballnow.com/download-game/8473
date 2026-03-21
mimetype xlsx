--- v1 (2026-01-18)
+++ v2 (2026-03-21)
@@ -335,96 +335,96 @@
   <si>
     <t>#35 James Logan - CB</t>
   </si>
   <si>
     <t>#3 Javier Lichtenstein - K</t>
   </si>
   <si>
     <t>Kan</t>
   </si>
   <si>
     <t>Kan 25</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-Kan 25 (15:00) 88-David Allen ran to Kan 38 for 13 yards. Tackle by 22-Leonard Gerken.</t>
   </si>
   <si>
     <t>#2 Mark Drake - QB</t>
   </si>
   <si>
-    <t>#47 David Allen - RB</t>
+    <t>#35 David Allen - RB</t>
   </si>
   <si>
     <t>#87 James Peters - TE</t>
   </si>
   <si>
     <t>#86 John Lannon - FB</t>
   </si>
   <si>
     <t>#13 John Hernandez - WR</t>
   </si>
   <si>
     <t>#11 Jerry Sanchez - WR</t>
   </si>
   <si>
     <t>#71 Billy Macaulay - LT</t>
   </si>
   <si>
     <t>#61 Douglas Osteen - LG</t>
   </si>
   <si>
     <t>#73 Tommy Uhl - C</t>
   </si>
   <si>
     <t>#53 Kenneth Juneau - LG</t>
   </si>
   <si>
     <t>#62 Matthew Robinson - RT</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#64 Donald Reed - DT</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>#95 John Brashear - RDE</t>
   </si>
   <si>
     <t>#91 Matthew Rocha - SLB</t>
   </si>
   <si>
-    <t>#59 David Rao - MLB</t>
+    <t>#53 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#28 William Larkin - CB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#34 Kevin Bradshaw - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>Kan 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>Kan 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-Kan 48 (12:29) 14-Jose Bolles punts 61 yards to ARK -9.4-1-Kan 48 (12:29) 14-Jose Bolles punts 61 yards to ARK -9. Touchback.</t>
   </si>
   <si>
     <t>#7 Jose Bolles - P</t>
   </si>
   <si>
     <t>#40 Paul Cox - RB</t>
   </si>
   <si>
     <t>#55 Micheal Roberts - MLB</t>
   </si>
   <si>
-    <t>#64 Loren Reynolds - RG</t>
+    <t>#70 Loren Reynolds - LT</t>
   </si>
   <si>
     <t>#72 Daniel Mann - RT</t>
   </si>
   <si>
     <t>#76 Robert Steele - LT</t>
   </si>
   <si>
     <t>#77 Clement Morton - DT</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>ARK 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 20 (12:21) 40-Paul Cox ran to ARK 20 for a short loss. Tackle by 94-Thomas Phillips.</t>
   </si>