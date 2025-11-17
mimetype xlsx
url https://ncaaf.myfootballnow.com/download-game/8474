--- v0 (2025-10-18)
+++ v1 (2025-11-17)
@@ -1187,51 +1187,51 @@
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>4-3-CIN 26 (3:09) 10-Christopher Oliver 43 yard field goal is GOOD. IST 10 CIN 3</t>
   </si>
   <si>
     <t>#68 Mike Senn - RT</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>(3:06) 10-Christopher Oliver kicks 61 yards from IST 35 to CIN 4. 25-Gary Bartos to CIN 28 for 24 yards. Tackle by 50-Daniel Eldridge. 50-Donald Sipes was caught flat-footed on this play. IST 50-Daniel Eldridge was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>1-10-CIN 28 (3:02) 3-Samuel Grabowski pass incomplete, intended for 89-Chris Martinez.</t>
   </si>
   <si>
-    <t>#98 Keith Bland - SLB</t>
+    <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>2-10-CIN 28 (2:59) 3-Samuel Grabowski pass complete to 25-Gary Bartos to CIN 34 for 7 yards. Tackle by 24-George Richards.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-3-CIN 34 (2:17) 3-Samuel Grabowski pass Pass knocked down by 25-Daniel Finnerty. incomplete, intended for 13-Jose Rose. 25-Daniel Finnerty got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>4-3-CIN 34 (2:13) 1-Eric Tripp punts 53 yards to IST 12. Fair Catch by 82-Jesse Levingston.</t>
   </si>
   <si>
     <t>#27 William Russell - CB</t>
   </si>