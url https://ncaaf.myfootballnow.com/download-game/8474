--- v1 (2025-11-17)
+++ v2 (2025-12-21)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IST has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Harry Rodgers kicks 75 yards from CIN 35 to IST -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Erwin Miller - RB</t>
   </si>
   <si>
-    <t>#99 Kenneth Nelson - WLB</t>
+    <t>#94 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#54 Daniel Eldridge - SLB</t>
   </si>
   <si>
     <t>#22 Carl Herndon - CB</t>
   </si>
   <si>
     <t>#92 Jackson Clemens - RDE</t>
   </si>
   <si>
     <t>#37 Neville Warren - SS</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>#95 Jeffery Elliott - MLB</t>
   </si>
   <si>
     <t>#54 Kelvin Keen - DT</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#56 Chris Carson - RG</t>
   </si>
   <si>
     <t>#69 John Lanning - C</t>
   </si>
   <si>
     <t>#62 Paul Russell - RG</t>
   </si>
   <si>
     <t>#71 John Brent - RT</t>
   </si>
   <si>
     <t>#95 James Powell - LDE</t>
   </si>
   <si>
     <t>#77 James Gallagher - DT</t>
   </si>
   <si>
     <t>#67 James Saunders - DT</t>
   </si>
   <si>
     <t>#65 Guillermo Crouch - RDE</t>
   </si>
   <si>
-    <t>#50 Donald Sipes - MLB</t>
+    <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#53 Gene Wright - MLB</t>
   </si>
   <si>
     <t>#97 William Bradley - WLB</t>
   </si>
   <si>
     <t>#46 Albert Sprayberry - CB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>#49 Matthew Jones - SS</t>
   </si>
   <si>
     <t>#27 Lee Hamilton - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -1211,51 +1211,51 @@
   <si>
     <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>2-10-CIN 28 (2:59) 3-Samuel Grabowski pass complete to 25-Gary Bartos to CIN 34 for 7 yards. Tackle by 24-George Richards.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-3-CIN 34 (2:17) 3-Samuel Grabowski pass Pass knocked down by 25-Daniel Finnerty. incomplete, intended for 13-Jose Rose. 25-Daniel Finnerty got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>4-3-CIN 34 (2:13) 1-Eric Tripp punts 53 yards to IST 12. Fair Catch by 82-Jesse Levingston.</t>
   </si>
   <si>
-    <t>#27 William Russell - CB</t>
+    <t>#48 William Russell - CB</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>1-10-IST 12 (2:06) 12-Robert Jones pass complete to 11-Richard Crippen to IST 17 for 5 yards. Tackle by 46-Albert Sprayberry.</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>2-5-IST 17 (2:00) 33-Erwin Miller ran to IST 18 for 1 yards. Tackle by 91-Jonathan Calkins.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>3-4-IST 18 (1:23) 33-Erwin Miller ran to IST 20 for 2 yards. Tackle by 53-Gene Wright.</t>
   </si>
@@ -1775,51 +1775,51 @@
   <si>
     <t>2-7-IST 48 (4:09) 33-Erwin Miller ran to IST 43 for -5 yards. Tackle by 99-James Gallagher.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>3-12-IST 43 (3:26) 37-Jeremy Roman ran to CIN 44 for 13 yards. Pushed out of bounds by 92-Robert Golden.</t>
   </si>
   <si>
     <t>1-10-CIN 44 (3:21) 12-Robert Jones pass complete to 28-Edward Alcazar to CIN 33 for 10 yards. Tackle by 92-Robert Golden. IST 33-Erwin Miller was injured on the play.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-CIN 33 (2:34) 48-Richard Jones ran to CIN 32 for 1 yards. 48-Richard Jones FUMBLES (31-Ryan Carlisle) recovered by IST-48-Richard Jones at CIN 35. Tackle by 98-James Saunders.</t>
   </si>
   <si>
-    <t>#58 Leon Morris - WLB</t>
+    <t>#98 Leon Morris - WLB</t>
   </si>
   <si>
     <t>2-12-CIN 35 (2:00) 12-Robert Jones pass incomplete, dropped by 11-Richard Crippen. That was a dangerous pass.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>3-12-CIN 35 (1:58) 12-Robert Jones pass incomplete, dropped by 82-Jesse Levingston. Pressure by 98-James Saunders.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>4-12-CIN 35 (1:54) 6-Frank Starner punts 32 yards to CIN 3.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>CIN 3</t>
   </si>
   <si>
     <t>1-10-CIN 3 (1:46) 3-Samuel Grabowski pass INTERCEPTED by 50-Daniel Eldridge at CIN 7. 50-Daniel Eldridge to CIN 5 for 2 yards. Tackle by 71-Neal Pereira.</t>
   </si>