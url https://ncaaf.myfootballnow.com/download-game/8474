--- v2 (2025-12-21)
+++ v3 (2026-03-02)
@@ -368,51 +368,51 @@
   <si>
     <t>#82 Jesse Levingston - WR</t>
   </si>
   <si>
     <t>#59 Kevin Jordan - LT</t>
   </si>
   <si>
     <t>#56 Chris Carson - RG</t>
   </si>
   <si>
     <t>#69 John Lanning - C</t>
   </si>
   <si>
     <t>#62 Paul Russell - RG</t>
   </si>
   <si>
     <t>#71 John Brent - RT</t>
   </si>
   <si>
     <t>#95 James Powell - LDE</t>
   </si>
   <si>
     <t>#77 James Gallagher - DT</t>
   </si>
   <si>
-    <t>#67 James Saunders - DT</t>
+    <t>#74 James Saunders - DT</t>
   </si>
   <si>
     <t>#65 Guillermo Crouch - RDE</t>
   </si>
   <si>
     <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#53 Gene Wright - MLB</t>
   </si>
   <si>
     <t>#97 William Bradley - WLB</t>
   </si>
   <si>
     <t>#46 Albert Sprayberry - CB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>#49 Matthew Jones - SS</t>
   </si>
   <si>
     <t>#27 Lee Hamilton - FS</t>
   </si>
@@ -491,66 +491,66 @@
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
     <t>#47 Ernest Bradley - RB</t>
   </si>
   <si>
     <t>#22 Robert Rodriguez - FB</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
     <t>#81 Bobby Stearn - TE</t>
   </si>
   <si>
     <t>#73 Thurman Aaron - LT</t>
   </si>
   <si>
     <t>#78 Charles Washington - LG</t>
   </si>
   <si>
     <t>#60 Kevin Sutton - C</t>
   </si>
   <si>
-    <t>#53 Neal Pereira - LG</t>
+    <t>#66 Neal Pereira - LG</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#61 Ray King - LDE</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#75 Douglas Marron - DT</t>
   </si>
   <si>
-    <t>#66 Franklin Gay - RDE</t>
+    <t>#76 Franklin Gay - RDE</t>
   </si>
   <si>
     <t>#49 Stephen Moye - FS</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>2-7-CIN 25 (13:41) 25-Gary Bartos ran to CIN 25 for a short loss. Tackle by 25-Daniel Finnerty.</t>
   </si>
   <si>
     <t>#10 John Medders - WR</t>
   </si>
   <si>
     <t>#15 Kelly Mathis - WR</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>3-4-IST 6 (8:25) 25-Gary Bartos ran to IST 6 for a short gain. Tackle by 99-Kenneth Nelson. 22-Robert Rodriguez missed that block completely.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-IST 6 (7:42) 4-Harry Rodgers 24 yard field goal is GOOD. IST 0 CIN 3</t>
   </si>
   <si>
     <t>#11 Brian Sierra - QB</t>
   </si>
   <si>
     <t>#79 Michael Radel - RG</t>
   </si>
   <si>
     <t>#67 Pedro Garay - LG</t>
   </si>
   <si>
-    <t>#90 Joshua Woods - WLB</t>
+    <t>#52 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>#91 Houston Ray - SLB</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>(7:40) 4-Harry Rodgers kicks 73 yards from CIN 35 to IST -8. Touchback.</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-IST 25 (7:40) 33-Erwin Miller ran to IST 19 for -6 yards. Tackle by 31-Ryan Carlisle.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>IST 19</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>4-8-IST 27 (7:55) 6-Frank Starner punts 50 yards to CIN 23. Fair Catch by 13-Jose Rose.</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>1-10-CIN 23 (7:48) 3-Samuel Grabowski pass complete to 89-Chris Martinez to CIN 29 for 7 yards. Tackle by 49-Stephen Moye.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>2-3-CIN 29 (7:08) 25-Gary Bartos ran to CIN 26 for -4 yards. Tackle by 25-Daniel Finnerty. CIN 25-Gary Bartos was injured on the play.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>3-7-CIN 26 (6:25) 47-Ernest Bradley ran to CIN 27 for 1 yards. Tackle by 50-Daniel Eldridge. IST 99-Kenneth Nelson was injured on the play.</t>
   </si>
   <si>
-    <t>#55 John Engleman - RG</t>
+    <t>#64 John Engleman - RG</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>4-6-CIN 27 (5:43) 1-Eric Tripp punts 50 yards to IST 23. 82-Jesse Levingston to IST 30 for 7 yards. Tackle by 50-Donald Sipes. 50-Daniel Eldridge totally missed that block.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>1-10-IST 30 (5:35) 12-Robert Jones pass complete to 48-Richard Jones to IST 45 for 15 yards. Tackle by 49-Matthew Jones.</t>
   </si>
   <si>
     <t>1-10-IST 45 (4:50) 12-Robert Jones pass complete to 19-Javier Tiedeman to IST 48 for 3 yards. Tackle by 40-John Hicks.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>IST 48</t>
   </si>
   <si>
     <t>2-7-IST 48 (4:09) 33-Erwin Miller ran to IST 43 for -5 yards. Tackle by 99-James Gallagher.</t>
   </si>