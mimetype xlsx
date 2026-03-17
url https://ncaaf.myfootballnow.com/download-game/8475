--- v0 (2025-10-17)
+++ v1 (2026-03-17)
@@ -557,51 +557,51 @@
   <si>
     <t>#12 Ricky Taveras - QB</t>
   </si>
   <si>
     <t>#7 Steven Ketchum - K</t>
   </si>
   <si>
     <t>#78 Roman Kimmell - C</t>
   </si>
   <si>
     <t>#57 Fred Cotten - RT</t>
   </si>
   <si>
     <t>#67 Bryan Lockard - LT</t>
   </si>
   <si>
     <t>#69 Leon Vargas - LG</t>
   </si>
   <si>
     <t>#92 George Caudill - DT</t>
   </si>
   <si>
     <t>#61 Joseph Bell - LDE</t>
   </si>
   <si>
-    <t>#92 Louis Christensen - RDE</t>
+    <t>#63 Louis Christensen - RDE</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>(10:07) 7-Steven Ketchum kicks 74 yards from OMS 35 to IWA -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Kenneth Lawrence - RB</t>
   </si>
   <si>
     <t>#80 Douglas Breaux - WR</t>
   </si>
   <si>
     <t>IWA 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-IWA 25 (10:07) 30-Mark Alcaraz ran to IWA 27 for 2 yards. Tackle by 73-Joseph May.</t>
   </si>