--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -344,51 +344,51 @@
   <si>
     <t>ALA 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ALA 25 (15:00) 10-Joseph Hale pass incomplete, intended for 86-Donald Garrett. LSU 95-Eugene Marvin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Joseph Hale - QB</t>
   </si>
   <si>
     <t>#47 Glenn Diaz - RB</t>
   </si>
   <si>
     <t>#26 William Black - RB</t>
   </si>
   <si>
     <t>#86 Donald Garrett - WR</t>
   </si>
   <si>
-    <t>#14 Gilbert Swanigan - WR</t>
+    <t>#19 Gilbert Swanigan - WR</t>
   </si>
   <si>
     <t>#62 Robert Brown - LT</t>
   </si>
   <si>
     <t>#53 Bruce Hudson - LG</t>
   </si>
   <si>
     <t>#65 Michael Bowerman - C</t>
   </si>
   <si>
     <t>#51 Leo Salinas - RG</t>
   </si>
   <si>
     <t>#61 Joel Martin - LG</t>
   </si>
   <si>
     <t>#95 Eugene Marvin - LDE</t>
   </si>
   <si>
     <t>#97 Allan Ault - DT</t>
   </si>
   <si>
     <t>#98 James Peterson - LDE</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:58) Extra point GOOD by 19-Richard West. ALA 7 LSU 0</t>
   </si>
   <si>
     <t>#19 Richard West - K</t>
   </si>
   <si>
     <t>#60 Joseph Rogers - RT</t>
   </si>
   <si>
     <t>#58 Jarrod Rico - LT</t>
   </si>
   <si>
     <t>#76 Justin Graf - RT</t>
   </si>
   <si>
     <t>#65 Christopher Johnson - LT</t>
   </si>
   <si>
     <t>#93 Rodney Viera - MLB</t>
   </si>
   <si>
-    <t>#93 Jay Arrington - DT</t>
+    <t>#67 Jay Arrington - DT</t>
   </si>
   <si>
     <t>#67 George Conner - DT</t>
   </si>
   <si>
     <t>#36 Matt Gilbert - CB</t>
   </si>
   <si>
     <t>ALA 35</t>
   </si>
   <si>
     <t>(9:58) 19-Richard West kicks 75 yards from ALA 35 to LSU -10. Touchback.</t>
   </si>
   <si>
     <t>#41 David Clark - RB</t>
   </si>
   <si>
     <t>#99 Dewitt Woodard - MLB</t>
   </si>
   <si>
     <t>LSU 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -1760,51 +1760,51 @@
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>3-6-ALA 30 (2:31) 10-Joseph Hale pass complete to 89-Robert Quisenberry to ALA 44 for 14 yards. Tackle by 30-Thomas Brown.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>1-10-ALA 44 (2:06) 10-Joseph Hale pass complete to 14-Gilbert Swanigan to LSU 45 for 11 yards. Tackle by 31-John Weiser. Nice job by 14-Gilbert Swanigan on that route to lose his coverage. PENALTY - Pass Interference (LSU 31-John Weiser) (Declined)</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>1-10-LSU 45 (2:02) 10-Joseph Hale pass INTERCEPTED by 98-Samuel Leber at LSU 42. 98-Samuel Leber to LSU 43 for 2 yards. Tackle by 65-Michael Bowerman. ALA 47-Glenn Diaz was injured on the play.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>1-10-LSU 43 (1:58) 38-Chris Marshall ran to LSU 41 for -2 yards. Tackle by 98-John Connelly.</t>
   </si>
   <si>
-    <t>#61 William Clow - RG</t>
+    <t>#62 William Clow - RG</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>LSU 41</t>
   </si>
   <si>
     <t>2-12-LSU 41 (1:53) 38-Chris Marshall ran to ALA 49 for 10 yards. Tackle by 97-Richard Buckle.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>3-2-ALA 49 (1:46) 22-David Clark ran to ALA 45 for 3 yards. Tackle by 97-Richard Buckle.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>