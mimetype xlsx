--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -665,51 +665,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PUR 1 (5:49) 6-Grant Bayer 18 yard field goal is GOOD. AZS 3 PUR 0</t>
   </si>
   <si>
     <t>#7 Willie Jernigan - QB</t>
   </si>
   <si>
     <t>#8 Grant Bayer - K</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>#72 Abel Blessing - RT</t>
   </si>
   <si>
     <t>#71 Ronald Merrill - LG</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>AZS 35</t>
   </si>
   <si>
     <t>(5:47) 6-Grant Bayer kicks 74 yards from AZS 35 to PUR -9. Touchback.</t>
   </si>
   <si>
     <t>#31 Calvin Elder - RB</t>
   </si>
   <si>
     <t>#91 Stanley Harris - RDE</t>
   </si>
   <si>
     <t>PUR 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>