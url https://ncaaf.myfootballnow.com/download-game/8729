--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -1115,51 +1115,51 @@
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-3-PUR 43 (5:22) 40-Jack Coles ran to PUR 45 for 2 yards. Tackle by 95-Andrew Hensley.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>PUR 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PUR 45 (4:38) 14-Micheal Webb punts 55 yards to AZS 1.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>AZS 1</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-AZS 1 (4:28) 84-Patrick Taylor ran to AZS 4 for 3 yards. Tackle by 35-Nathaniel Middleton.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>Timeout AZS</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>AZS 4</t>
   </si>