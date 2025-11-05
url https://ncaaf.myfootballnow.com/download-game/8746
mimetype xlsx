--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -842,51 +842,51 @@
   <si>
     <t>#40 Lawrence Eagle - CB</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-VAN 35 (5:40) 9-Lonnie Ellerbee pass incomplete, dropped by 44-Kim Gibbons.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-VAN 35 (5:37) 9-Lonnie Ellerbee pass incomplete, intended for 17-Ronald Lane. 21-Nicholas Wade got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#50 Harry Lee - WLB</t>
+    <t>#51 Harry Lee - WLB</t>
   </si>
   <si>
     <t>#38 Kevin King - SS</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>3-10-VAN 35 (5:33) 9-Lonnie Ellerbee pass Pass knocked down by 21-Nicholas Wade. incomplete, intended for 17-Ronald Lane.</t>
   </si>
   <si>
     <t>#80 Anthony Easter - WR</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>4-10-VAN 35 (5:30) 18-Christian Mayhew punts 49 yards to ARI 16. Fair Catch by 4-David Collins.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>ARI 16</t>
   </si>