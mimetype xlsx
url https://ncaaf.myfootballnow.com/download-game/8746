--- v1 (2025-11-05)
+++ v2 (2025-12-15)
@@ -383,51 +383,51 @@
   <si>
     <t>#62 Randy Riley - LG</t>
   </si>
   <si>
     <t>#76 Ben Cass - RG</t>
   </si>
   <si>
     <t>#92 Wade Craver - LDE</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
     <t>#63 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#92 Glen Hanlin - LDE</t>
   </si>
   <si>
     <t>#96 Aurelio Black - SLB</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
-    <t>#58 Douglas Peters - WLB</t>
+    <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>#24 Marcus Steadman - CB</t>
   </si>
   <si>
     <t>#30 Omer Contreras - SS</t>
   </si>
   <si>
     <t>#39 Shelby Olivares - SS</t>
   </si>
   <si>
     <t>#42 Chase Lang - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>ARI 37</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>