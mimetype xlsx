--- v2 (2025-12-15)
+++ v3 (2026-01-08)
@@ -371,51 +371,51 @@
   <si>
     <t>#13 Anthony Rogers - WR</t>
   </si>
   <si>
     <t>#72 Antonio Byrd - LT</t>
   </si>
   <si>
     <t>#64 Jon Carlyle - LT</t>
   </si>
   <si>
     <t>#59 Wayne Richards - C</t>
   </si>
   <si>
     <t>#62 Randy Riley - LG</t>
   </si>
   <si>
     <t>#76 Ben Cass - RG</t>
   </si>
   <si>
     <t>#92 Wade Craver - LDE</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
-    <t>#63 Eric Inglis - DT</t>
+    <t>#58 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#92 Glen Hanlin - LDE</t>
   </si>
   <si>
     <t>#96 Aurelio Black - SLB</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
     <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>#24 Marcus Steadman - CB</t>
   </si>
   <si>
     <t>#30 Omer Contreras - SS</t>
   </si>
   <si>
     <t>#39 Shelby Olivares - SS</t>
   </si>
   <si>
     <t>#42 Chase Lang - SS</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#81 Barry Schumaker - WR</t>
   </si>
   <si>
     <t>#13 Sean Aurand - WR</t>
   </si>
   <si>
     <t>#72 John Ortega - RT</t>
   </si>
   <si>
     <t>#50 Joel Hannon - LG</t>
   </si>
   <si>
     <t>#69 Ronald Kimball - C</t>
   </si>
   <si>
     <t>#76 Arthur Sanchez - RG</t>
   </si>
   <si>
     <t>#77 Richard Wilkins - LT</t>
   </si>
   <si>
     <t>#71 John Allen - RDE</t>
   </si>
   <si>
-    <t>#29 Manuel Faulkner - CB</t>
+    <t>#44 Manuel Faulkner - CB</t>
   </si>
   <si>
     <t>#30 Nicholas Wade - CB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-10-VAN 25 (10:54) 9-Lonnie Ellerbee pass Pass knocked down by 20-James Anderson. incomplete, intended for 17-Ronald Lane. 36-Jeffrey Castaldo got away with a hold on that play.</t>
   </si>
   <si>
     <t>#44 Howard Ladd - FB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>