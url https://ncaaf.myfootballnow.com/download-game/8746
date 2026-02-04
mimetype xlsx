--- v3 (2026-01-08)
+++ v4 (2026-02-04)
@@ -488,51 +488,51 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-VAN 41 (13:01) 1-Frederick Rogers pass complete to 37-Randy Viera to VAN 34 for 7 yards. Tackle by 54-David Long.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>VAN 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-3-VAN 34 (12:25) 4-David Collins ran to VAN 31 for 3 yards. Tackle by 54-David Long. PENALTY - Offsides (VAN 96-Aurelio Black) (Declined)</t>
   </si>
   <si>
     <t>#35 Willie Fox - RB</t>
   </si>
   <si>
-    <t>#97 Ralph Vaughan - DT</t>
+    <t>#56 Ralph Vaughan - DT</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>VAN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 31 (12:21) 1-Frederick Rogers pass Pass knocked down by 41-Omer Contreras. incomplete, intended for 13-Anthony Rogers.</t>
   </si>
   <si>
     <t>#59 Richard Hughes - MLB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>