--- v4 (2026-02-04)
+++ v5 (2026-02-26)
@@ -371,51 +371,51 @@
   <si>
     <t>#13 Anthony Rogers - WR</t>
   </si>
   <si>
     <t>#72 Antonio Byrd - LT</t>
   </si>
   <si>
     <t>#64 Jon Carlyle - LT</t>
   </si>
   <si>
     <t>#59 Wayne Richards - C</t>
   </si>
   <si>
     <t>#62 Randy Riley - LG</t>
   </si>
   <si>
     <t>#76 Ben Cass - RG</t>
   </si>
   <si>
     <t>#92 Wade Craver - LDE</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
-    <t>#58 Eric Inglis - DT</t>
+    <t>#68 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#92 Glen Hanlin - LDE</t>
   </si>
   <si>
     <t>#96 Aurelio Black - SLB</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
     <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>#24 Marcus Steadman - CB</t>
   </si>
   <si>
     <t>#30 Omer Contreras - SS</t>
   </si>
   <si>
     <t>#39 Shelby Olivares - SS</t>
   </si>
   <si>
     <t>#42 Chase Lang - SS</t>
   </si>
@@ -845,51 +845,51 @@
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-VAN 35 (5:40) 9-Lonnie Ellerbee pass incomplete, dropped by 44-Kim Gibbons.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-VAN 35 (5:37) 9-Lonnie Ellerbee pass incomplete, intended for 17-Ronald Lane. 21-Nicholas Wade got away with a hold on that play.</t>
   </si>
   <si>
     <t>#51 Harry Lee - WLB</t>
   </si>
   <si>
-    <t>#38 Kevin King - SS</t>
+    <t>#30 Kevin King - SS</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>3-10-VAN 35 (5:33) 9-Lonnie Ellerbee pass Pass knocked down by 21-Nicholas Wade. incomplete, intended for 17-Ronald Lane.</t>
   </si>
   <si>
     <t>#80 Anthony Easter - WR</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>4-10-VAN 35 (5:30) 18-Christian Mayhew punts 49 yards to ARI 16. Fair Catch by 4-David Collins.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>ARI 16</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>