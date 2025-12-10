--- v0 (2025-11-04)
+++ v1 (2025-12-10)
@@ -287,51 +287,51 @@
   <si>
     <t>ALA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Harry Rodgers kicks 75 yards from CIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>#47 Glenn Diaz - RB</t>
   </si>
   <si>
     <t>#58 Chester Middleton - SLB</t>
   </si>
   <si>
-    <t>#66 Richard Kennedy - RDE</t>
+    <t>#93 Richard Kennedy - RDE</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
     <t>#93 David Anderson - SLB</t>
   </si>
   <si>
     <t>#42 Larry Lopez - FS</t>
   </si>
   <si>
     <t>#38 Joe Williams - SS</t>
   </si>
   <si>
     <t>#27 Glenn Judge - CB</t>
   </si>
   <si>
     <t>#92 Richard Buckle - MLB</t>
   </si>
   <si>
     <t>#69 James Maguire - RDE</t>
   </si>
   <si>
     <t>#93 Clayton Epps - LDE</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>(5:54) 4-Harry Rodgers kicks 75 yards from CIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ALA 25 (5:54) 10-Joseph Hale pass Pass knocked down by 31-Ryan Carlisle. incomplete, intended for 14-Gilbert Swanigan.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-ALA 25 (5:49) 10-Joseph Hale pass complete to 26-William Black to ALA 27 for 2 yards. Tackle by 46-Albert Sprayberry.</t>
   </si>
   <si>
-    <t>#58 Leon Morris - WLB</t>
+    <t>#98 Leon Morris - WLB</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>ALA 27</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-8-ALA 27 (5:10) 10-Joseph Hale pass complete to 88-John Hardesty to ALA 44 for 17 yards. Tackle by 46-Albert Sprayberry. 53-Gene Wright got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>ALA 44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-ALA 44 (4:30) 26-William Black ran to ALA 43 for -1 yards. Tackle by 98-James Saunders. ALA 88-John Hardesty was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>#19 Israel Howard - QB</t>
   </si>
   <si>
     <t>#8 Richard Newby - QB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-CIN 31 (14:14) 30-Enrique Bench ran to CIN 38 for 7 yards. Tackle by 95-Gordon Vines.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>CIN 38</t>
   </si>
   <si>
     <t>3-2-CIN 38 (13:29) 30-Enrique Bench ran to CIN 38 for a short gain. Tackle by 99-David Sykes.</t>
   </si>
   <si>
-    <t>#74 David Sykes - LDE</t>
+    <t>#74 David Sykes - RDE</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>4-2-CIN 38 (12:48) 1-Eric Tripp punts 48 yards to ALA 14.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-ALA 14 (12:41) 18-Dalton Lacey pass incomplete, dropped by 26-William Black.</t>
   </si>
   <si>
     <t>#18 Dalton Lacey - QB</t>
   </si>
   <si>
     <t>#54 Eric Gremillion - C</t>
   </si>
   <si>
     <t>#51 Leo Salinas - RG</t>
   </si>