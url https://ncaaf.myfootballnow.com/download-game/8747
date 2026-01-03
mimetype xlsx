--- v1 (2025-12-10)
+++ v2 (2026-01-03)
@@ -377,90 +377,90 @@
   <si>
     <t>#65 Michael Bowerman - C</t>
   </si>
   <si>
     <t>#76 Justin Graf - RT</t>
   </si>
   <si>
     <t>#60 Joseph Rogers - RT</t>
   </si>
   <si>
     <t>#95 David Arce - DT</t>
   </si>
   <si>
     <t>#64 David Green - DT</t>
   </si>
   <si>
     <t>#77 James Gallagher - DT</t>
   </si>
   <si>
     <t>#67 James Saunders - DT</t>
   </si>
   <si>
     <t>#78 William Meyer - RDE</t>
   </si>
   <si>
-    <t>#50 Donald Sipes - MLB</t>
+    <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#53 Gene Wright - MLB</t>
   </si>
   <si>
     <t>#97 William Bradley - WLB</t>
   </si>
   <si>
     <t>#46 Albert Sprayberry - CB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>#49 Matthew Jones - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>ALA 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-ALA 31 (14:23) 47-Glenn Diaz ran to ALA 33 for 2 yards. Tackle by 23-Donald Saxon.</t>
   </si>
   <si>
     <t>#86 Donald Garrett - WR</t>
   </si>
   <si>
     <t>#85 Franklin Payne - WR</t>
   </si>
   <si>
-    <t>#14 Gilbert Swanigan - WR</t>
+    <t>#19 Gilbert Swanigan - WR</t>
   </si>
   <si>
     <t>#31 Ryan Carlisle - CB</t>
   </si>
   <si>
     <t>#23 Donald Saxon - CB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>ALA 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-2-ALA 33 (13:42) 26-William Black ran to ALA 31 for -2 yards. Tackle by 50-Donald Sipes.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>ALA 26</t>
   </si>
   <si>
     <t>4-9-ALA 26 (13:01) 7-Russell Nicosia punts 48 yards to CIN 26. Fair Catch by 13-Jose Rose.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CIN 26 (12:55) 25-Gary Bartos ran to CIN 25 for -1 yards. Tackle by 63-Erin Hale.</t>
   </si>
   <si>
     <t>#7 Shane Morris - QB</t>
   </si>
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
-    <t>#30 Enrique Bench - RB</t>
+    <t>#45 Enrique Bench - RB</t>
   </si>
   <si>
     <t>#22 Robert Rodriguez - FB</t>
   </si>
   <si>
     <t>#81 Bobby Stearn - TE</t>
   </si>
   <si>
     <t>#85 Stanley Wise - TE</t>
   </si>
   <si>
     <t>#66 William Riddle - LT</t>
   </si>
   <si>
     <t>#78 Charles Washington - LG</t>
   </si>
   <si>
     <t>#60 Kevin Sutton - C</t>
   </si>
   <si>
     <t>#55 John Engleman - RG</t>
   </si>
   <si>
     <t>#63 Frank Hunter - RG</t>
   </si>
@@ -1268,96 +1268,96 @@
   <si>
     <t>1-10-CIN 20 (0:36) 25-Gary Bartos ran to CIN 21 for 1 yards. Tackle by 73-Joel Pak.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>CIN 21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>2-9-CIN 21 (0:02) 30-Enrique Bench ran to CIN 49 for 28 yards. Tackle by 38-Joe Williams. ALA 97-Richard Buckle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 5-Austin Flemming kicks 67 yards from ALA 35 to CIN -2. 30-Enrique Bench to CIN 30 for 32 yards. Tackle by 92-Gregg McWhorter.</t>
   </si>
   <si>
-    <t>#90 Davis Russell - RDE</t>
+    <t>#69 Davis Russell - RDE</t>
   </si>
   <si>
     <t>#5 Austin Flemming - K</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 30 (14:55) 30-Enrique Bench ran to CIN 31 for 1 yards. Tackle by 52-Don Rice.</t>
   </si>
   <si>
     <t>#19 Israel Howard - QB</t>
   </si>
   <si>
     <t>#8 Richard Newby - QB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-CIN 31 (14:14) 30-Enrique Bench ran to CIN 38 for 7 yards. Tackle by 95-Gordon Vines.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>CIN 38</t>
   </si>
   <si>
     <t>3-2-CIN 38 (13:29) 30-Enrique Bench ran to CIN 38 for a short gain. Tackle by 99-David Sykes.</t>
   </si>
   <si>
-    <t>#74 David Sykes - RDE</t>
+    <t>#74 David Sykes - SLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>4-2-CIN 38 (12:48) 1-Eric Tripp punts 48 yards to ALA 14.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-ALA 14 (12:41) 18-Dalton Lacey pass incomplete, dropped by 26-William Black.</t>
   </si>
   <si>
     <t>#18 Dalton Lacey - QB</t>
   </si>
   <si>
     <t>#54 Eric Gremillion - C</t>
   </si>
   <si>
     <t>#51 Leo Salinas - RG</t>
   </si>