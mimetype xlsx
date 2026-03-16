--- v2 (2026-01-03)
+++ v3 (2026-03-16)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ALA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Harry Rodgers kicks 75 yards from CIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>#47 Glenn Diaz - RB</t>
   </si>
   <si>
-    <t>#58 Chester Middleton - SLB</t>
+    <t>#55 Chester Middleton - SLB</t>
   </si>
   <si>
     <t>#93 Richard Kennedy - RDE</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
     <t>#93 David Anderson - SLB</t>
   </si>
   <si>
     <t>#42 Larry Lopez - FS</t>
   </si>
   <si>
     <t>#38 Joe Williams - SS</t>
   </si>
   <si>
     <t>#27 Glenn Judge - CB</t>
   </si>
   <si>
     <t>#92 Richard Buckle - MLB</t>
   </si>
   <si>
     <t>#69 James Maguire - RDE</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#58 Jarrod Rico - LT</t>
   </si>
   <si>
     <t>#53 Bruce Hudson - LG</t>
   </si>
   <si>
     <t>#65 Michael Bowerman - C</t>
   </si>
   <si>
     <t>#76 Justin Graf - RT</t>
   </si>
   <si>
     <t>#60 Joseph Rogers - RT</t>
   </si>
   <si>
     <t>#95 David Arce - DT</t>
   </si>
   <si>
     <t>#64 David Green - DT</t>
   </si>
   <si>
     <t>#77 James Gallagher - DT</t>
   </si>
   <si>
-    <t>#67 James Saunders - DT</t>
+    <t>#74 James Saunders - DT</t>
   </si>
   <si>
     <t>#78 William Meyer - RDE</t>
   </si>
   <si>
     <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#53 Gene Wright - MLB</t>
   </si>
   <si>
     <t>#97 William Bradley - WLB</t>
   </si>
   <si>
     <t>#46 Albert Sprayberry - CB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>#49 Matthew Jones - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
     <t>#45 Enrique Bench - RB</t>
   </si>
   <si>
     <t>#22 Robert Rodriguez - FB</t>
   </si>
   <si>
     <t>#81 Bobby Stearn - TE</t>
   </si>
   <si>
     <t>#85 Stanley Wise - TE</t>
   </si>
   <si>
     <t>#66 William Riddle - LT</t>
   </si>
   <si>
     <t>#78 Charles Washington - LG</t>
   </si>
   <si>
     <t>#60 Kevin Sutton - C</t>
   </si>
   <si>
-    <t>#55 John Engleman - RG</t>
+    <t>#64 John Engleman - RG</t>
   </si>
   <si>
     <t>#63 Frank Hunter - RG</t>
   </si>
   <si>
     <t>#71 Jimmy Callen - DT</t>
   </si>
   <si>
     <t>#95 Joel Pak - DT</t>
   </si>
   <si>
     <t>#59 Brandon Blow - WLB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>ALA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:54) Extra point GOOD by 4-Harry Rodgers. CIN 7 ALA 0</t>
   </si>
   <si>
     <t>#1 Eric Tripp - P</t>
   </si>
   <si>
     <t>#67 Pedro Garay - LG</t>
   </si>
   <si>
     <t>#79 Michael Radel - RG</t>
   </si>
   <si>
-    <t>#53 Neal Pereira - LG</t>
+    <t>#66 Neal Pereira - LG</t>
   </si>
   <si>
     <t>#92 Robert Golden - MLB</t>
   </si>
   <si>
     <t>#57 James Robinson - LT</t>
   </si>
   <si>
     <t>#75 Jeremiah Burrell - DT</t>
   </si>
   <si>
     <t>(5:54) 4-Harry Rodgers kicks 75 yards from CIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ALA 25 (5:54) 10-Joseph Hale pass Pass knocked down by 31-Ryan Carlisle. incomplete, intended for 14-Gilbert Swanigan.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>