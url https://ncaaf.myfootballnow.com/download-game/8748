--- v0 (2025-10-27)
+++ v1 (2025-12-28)
@@ -290,51 +290,51 @@
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Richard Rios kicks 71 yards from TEX 35 to MAR -6. Touchback.</t>
   </si>
   <si>
     <t>#82 Edward Kingsbury - TE</t>
   </si>
   <si>
     <t>#98 David Mouzon - DT</t>
   </si>
   <si>
     <t>#20 Chris Anderson - SS</t>
   </si>
   <si>
-    <t>#58 Stephen Short - MLB</t>
+    <t>#59 Stephen Short - MLB</t>
   </si>
   <si>
     <t>#28 William Larkin - CB</t>
   </si>
   <si>
     <t>#23 Melvin Payne - CB</t>
   </si>
   <si>
     <t>#99 Gregory Curry - MLB</t>
   </si>
   <si>
     <t>#57 Michael Martin - SLB</t>
   </si>
   <si>
     <t>#90 Peter Barham - WLB</t>
   </si>
   <si>
     <t>#33 Michael McLin - SS</t>
   </si>
   <si>
     <t>#64 Rodney Ward - DT</t>
   </si>
   <si>
     <t>#19 Richard Rios - K</t>
   </si>
@@ -347,75 +347,75 @@
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MAR 25 (15:00) 32-Kevin Child ran to MAR 25 for a short gain. Tackle by 72-Stephen Clapp.</t>
   </si>
   <si>
     <t>#1 Daniel Peters - QB</t>
   </si>
   <si>
     <t>#29 Kevin Child - RB</t>
   </si>
   <si>
     <t>#14 George Erickson - WR</t>
   </si>
   <si>
     <t>#81 John Mayes - WR</t>
   </si>
   <si>
     <t>#87 Bryan Martinez - WR</t>
   </si>
   <si>
-    <t>#69 Julius Yee - LT</t>
+    <t>#70 Julius Yee - LT</t>
   </si>
   <si>
     <t>#72 Wayne Holland - LG</t>
   </si>
   <si>
     <t>#78 George Eldridge - C</t>
   </si>
   <si>
     <t>#56 Thomas Miller - RG</t>
   </si>
   <si>
     <t>#53 Ali Green - RG</t>
   </si>
   <si>
     <t>#94 Steven Kellogg - LDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brassard - DT</t>
   </si>
   <si>
     <t>#72 Stephen Clapp - LDE</t>
   </si>
   <si>
-    <t>#96 Thomas Price - SLB</t>
+    <t>#91 Thomas Price - SLB</t>
   </si>
   <si>
     <t>#54 Daniel Eldridge - SLB</t>
   </si>
   <si>
     <t>#99 Joseph Ward - WLB</t>
   </si>
   <si>
     <t>#47 Dwight Thompson - CB</t>
   </si>
   <si>
     <t>#42 Craig Knight - CB</t>
   </si>
   <si>
     <t>#40 Allen Mata - CB</t>
   </si>
   <si>
     <t>#39 David Cox - SS</t>
   </si>
   <si>
     <t>#37 William Dawson - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>