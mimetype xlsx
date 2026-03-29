--- v1 (2025-12-28)
+++ v2 (2026-03-29)
@@ -392,51 +392,51 @@
   <si>
     <t>#72 Stephen Clapp - LDE</t>
   </si>
   <si>
     <t>#91 Thomas Price - SLB</t>
   </si>
   <si>
     <t>#54 Daniel Eldridge - SLB</t>
   </si>
   <si>
     <t>#99 Joseph Ward - WLB</t>
   </si>
   <si>
     <t>#47 Dwight Thompson - CB</t>
   </si>
   <si>
     <t>#42 Craig Knight - CB</t>
   </si>
   <si>
     <t>#40 Allen Mata - CB</t>
   </si>
   <si>
     <t>#39 David Cox - SS</t>
   </si>
   <si>
-    <t>#37 William Dawson - CB</t>
+    <t>#28 William Dawson - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-MAR 25 (14:24) 1-Daniel Peters pass complete to 38-Clarence Appel to MAR 26 for 1 yards. Tackle by 51-Thomas Price.</t>
   </si>
   <si>
     <t>#38 Clarence Appel - FB</t>
   </si>
   <si>
     <t>#54 William Kline - RDE</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>MAR 26</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>#89 Mark Landry - TE</t>
   </si>
   <si>
     <t>#83 Michael Thomas - WR</t>
   </si>
   <si>
     <t>#23 John Runyon - FS</t>
   </si>
   <si>
     <t>#97 Leonard Briley - MLB</t>
   </si>
   <si>
     <t>#36 Gilbert Weiss - SS</t>
   </si>
   <si>
     <t>#72 Austin Teachout - LT</t>
   </si>
   <si>
     <t>#63 Douglas Webb - RT</t>
   </si>
   <si>
     <t>#70 Willie Smith - LT</t>
   </si>
   <si>
-    <t>#91 Erick Roach - WLB</t>
+    <t>#56 Erick Roach - WLB</t>
   </si>
   <si>
     <t>#58 Barry Sandoval - SLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>TEX 21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-TEX 21 (13:02) 4-Kenneth Rittenberry pass complete to 85-Jaime Tomlinson to TEX 23 for 2 yards. Tackle by 20-Chris Anderson.</t>
   </si>
   <si>
     <t>#12 Kenneth Rittenberry - QB</t>
   </si>
   <si>
     <t>#37 John Hamilton - RB</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-3-MAR 36 (7:42) 4-Kenneth Rittenberry sacked at MAR 45 for -9 yards (51-Timothy Wong). Sack allowed by 76-Donald Thompson.</t>
   </si>
   <si>
     <t>#88 Steven Hardaway - WR</t>
   </si>
   <si>
     <t>#15 Chad Houchins - WR</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>MAR 45</t>
   </si>
   <si>
     <t>4-12-MAR 45 (7:06) 14-Jan Gehring punts 38 yards to MAR 7.</t>
   </si>
   <si>
     <t>#7 Jan Gehring - P</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>#78 William Nelson - RG</t>
   </si>
   <si>
     <t>#77 Robert Goff - LT</t>
   </si>
   <si>
     <t>#66 John Anderson - RT</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>MAR 7</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MAR 7 (6:56) 1-Daniel Peters pass complete to 82-Edward Kingsbury to MAR 13 for 6 yards. Tackle by 20-Dwight Thompson.</t>
   </si>
   <si>
     <t>#49 George Cruz - RB</t>
   </si>