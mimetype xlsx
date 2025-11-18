--- v0 (2025-10-14)
+++ v1 (2025-11-18)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Jason Davis kicks 75 yards from GaT 35 to IST -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Erwin Miller - RB</t>
   </si>
   <si>
     <t>#90 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>#64 Arnold Cameron - DT</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#91 Neal White - SLB</t>
   </si>
   <si>
-    <t>#55 Noel Bell - SLB</t>
+    <t>#93 Noel Bell - SLB</t>
   </si>
   <si>
     <t>#99 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
     <t>#27 William Russell - CB</t>
   </si>
   <si>
     <t>#72 Charles Melgar - C</t>
   </si>
   <si>
     <t>#9 Jason Davis - K</t>
   </si>
   <si>
     <t>IST</t>
   </si>
   <si>
     <t>IST 25</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
     <t>#64 David McElroy - RG</t>
   </si>
   <si>
     <t>#73 Richard Cartwright - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#61 Ray King - LDE</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>
   <si>
     <t>#66 Franklin Gay - RDE</t>
   </si>
   <si>
-    <t>#98 Keith Bland - SLB</t>
+    <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
     <t>#46 Charles Hale - SS</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>GaT 12</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-GaT 12 (8:04) 33-Richard Pryor ran to GaT 13 for 1 yards. Tackle by 99-Kenneth Nelson.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>GaT 13</t>
   </si>