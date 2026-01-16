--- v1 (2025-11-18)
+++ v2 (2026-01-16)
@@ -299,60 +299,60 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Jason Davis kicks 75 yards from GaT 35 to IST -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Erwin Miller - RB</t>
   </si>
   <si>
     <t>#90 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>#64 Arnold Cameron - DT</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#91 Neal White - SLB</t>
   </si>
   <si>
     <t>#93 Noel Bell - SLB</t>
   </si>
   <si>
-    <t>#99 Kenneth Nelson - WLB</t>
+    <t>#94 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
-    <t>#27 William Russell - CB</t>
+    <t>#48 William Russell - CB</t>
   </si>
   <si>
     <t>#72 Charles Melgar - C</t>
   </si>
   <si>
     <t>#9 Jason Davis - K</t>
   </si>
   <si>
     <t>IST</t>
   </si>
   <si>
     <t>IST 25</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-IST 25 (15:00) 33-Erwin Miller ran to IST 26 for 1 yards. Tackle by 94-Jerry Gusman.</t>
   </si>
   <si>
     <t>#9 Scott Gallardo - QB</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>IST 36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-IST 36 (12:54) 48-Richard Jones ran to IST 40 for 4 yards. Tackle by 78-Dan Coates.</t>
   </si>
   <si>
     <t>#48 Richard Jones - RB</t>
   </si>
   <si>
     <t>#14 Barry Manchester - WR</t>
   </si>
   <si>
     <t>#96 Sean Poole - MLB</t>
   </si>
   <si>
-    <t>#56 William Holmes - WLB</t>
+    <t>#58 William Holmes - WLB</t>
   </si>
   <si>
     <t>#37 Jeremy Anderson - CB</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>IST 40</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-6-IST 40 (12:17) 9-Scott Gallardo pass Pass knocked down by 21-Anthony Patterson. incomplete, intended for 83-Benjamin Marino. PENALTY - Pass Interference (GaT 21-Anthony Patterson)</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>IST 45</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-GaT 6 (8:50) 33-Richard Pryor ran to GaT 12 for 6 yards. Tackle by 91-Neal White.</t>
   </si>
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#33 Richard Pryor - RB</t>
   </si>
   <si>
     <t>#32 Kevin James - FB</t>
   </si>
   <si>
     <t>#86 Jason Harvey - TE</t>
   </si>
   <si>
     <t>#87 Russell Ruff - TE</t>
   </si>
   <si>
-    <t>#82 Michael McIntyre - WR</t>
+    <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#67 Mike Laughter - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
     <t>#64 David McElroy - RG</t>
   </si>
   <si>
     <t>#73 Richard Cartwright - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#61 Ray King - LDE</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>