--- v2 (2026-01-16)
+++ v3 (2026-03-02)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IST has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>GaT</t>
   </si>
   <si>
     <t>GaT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Jason Davis kicks 75 yards from GaT 35 to IST -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Erwin Miller - RB</t>
   </si>
   <si>
-    <t>#90 Joshua Woods - WLB</t>
+    <t>#52 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>#64 Arnold Cameron - DT</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#91 Neal White - SLB</t>
   </si>
   <si>
     <t>#93 Noel Bell - SLB</t>
   </si>
   <si>
     <t>#94 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
     <t>#48 William Russell - CB</t>
   </si>
@@ -638,69 +638,69 @@
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#33 Richard Pryor - RB</t>
   </si>
   <si>
     <t>#32 Kevin James - FB</t>
   </si>
   <si>
     <t>#86 Jason Harvey - TE</t>
   </si>
   <si>
     <t>#87 Russell Ruff - TE</t>
   </si>
   <si>
     <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#67 Mike Laughter - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
-    <t>#64 David McElroy - RG</t>
+    <t>#68 David McElroy - RG</t>
   </si>
   <si>
     <t>#73 Richard Cartwright - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#61 Ray King - LDE</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>
   <si>
-    <t>#66 Franklin Gay - RDE</t>
+    <t>#76 Franklin Gay - RDE</t>
   </si>
   <si>
     <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
     <t>#46 Charles Hale - SS</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>GaT 12</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-GaT 12 (8:04) 33-Richard Pryor ran to GaT 13 for 1 yards. Tackle by 99-Kenneth Nelson.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>#49 Stephen Moye - FS</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>GaT 15</t>
   </si>
   <si>
     <t>4-1-GaT 15 (6:48) 8-Francis Bianchi punts 46 yards to IST 39. Fair Catch by 82-Jesse Levingston.</t>
   </si>
   <si>
     <t>#8 Francis Bianchi - P</t>
   </si>
   <si>
     <t>#79 Jack Benny - RG</t>
   </si>
   <si>
     <t>#26 John Rodriguez - FB</t>
   </si>
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
-    <t>#65 Gregory Dellinger - RG</t>
+    <t>#71 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>IST 39</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-IST 39 (6:41) 9-Scott Gallardo pass Pass knocked down by 43-Stevie  Martin. incomplete, intended for 86-Raymond Cox.</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-IST 39 (6:37) 9-Scott Gallardo pass complete to 48-Richard Jones to GaT 17 for 44 yards. Tackle by 20-Eddie Murphy.</t>
   </si>
@@ -1241,51 +1241,51 @@
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-IST 16 (0:28) 33-Erwin Miller ran to IST 17 for 2 yards. 33-Erwin Miller FUMBLES (58-Sean Poole) recovered by IST-83-Benjamin Marino at IST 18. Tackle by 43-Stevie  Martin. GaT 75-Grady Perez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 10-Christopher Oliver kicks 59 yards from IST 35 to GaT 6. 10-Tom Forrest to GaT 31 for 26 yards. Tackle by 95-Adam Santana.</t>
   </si>
   <si>
     <t>#50 Jose Herbert - LT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-GaT 31 (14:55) 47-David Bracamonte ran to GaT 40 for 9 yards. Tackle by 31-Raymond Hare.</t>
   </si>
   <si>
-    <t>#10 Jose Kraus - WR</t>
+    <t>#86 Jose Kraus - WR</t>
   </si>
   <si>
     <t>#70 Vincent Ozment - DT</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>2-1-GaT 40 (14:20) 13-Robin  Williams pass incomplete, intended for 87-Russell Ruff. That pass kind of wobbled as it was released.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-1-GaT 40 (14:17) 47-David Bracamonte ran to GaT 43 for 4 yards. Tackle by 73-Vern Rene.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>1-10-GaT 43 (13:34) 47-David Bracamonte ran to IST 47 for 10 yards. Tackle by 27-William Russell.</t>
   </si>
@@ -1592,51 +1592,51 @@
   <si>
     <t>GaT 24</t>
   </si>
   <si>
     <t>4-18-GaT 24 (8:28) 8-Francis Bianchi punts 49 yards to IST 27. Fair Catch by 82-Jesse Levingston.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>1-10-IST 27 (8:21) 37-Jeremy Roman ran to IST 30 for 4 yards. Tackle by 18-William Holmes.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>2-6-IST 30 (7:41) 3-Chris Sasser pass complete to 82-Jesse Levingston to IST 50 for 20 yards. Tackle by 40-Jeremy Anderson. Nice job by 82-Jesse Levingston on that route to lose his coverage.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>1-10-IST 50 (7:00) 3-Chris Sasser pass complete to 87-Barry Manchester to GaT 42 for 8 yards. Tackle by 58-Sean Poole.</t>
   </si>
   <si>
-    <t>#33 Michael Hawkins - RB</t>
+    <t>#26 Michael Hawkins - RB</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-2-GaT 42 (6:20) 37-Jeremy Roman ran to GaT 42 for 1 yards. Tackle by 58-Sean Poole.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>3-1-GaT 42 (5:40) 23-Michael Hawkins ran to GaT 37 for 5 yards. Tackle by 18-William Holmes. 30-Erich Tomlinson was caught flat-footed on this play. 30-Erich Tomlinson completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>GaT 37</t>
   </si>
   <si>
     <t>1-10-GaT 37 (4:56) 3-Chris Sasser pass complete to 81-James Absher to GaT 35 for 2 yards. Tackle by 58-Sean Poole. Nice job by 81-James Absher on that route to lose his coverage.</t>
   </si>