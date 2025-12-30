--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1409,102 +1409,102 @@
   <si>
     <t>#63 Dylan Robinson - RT</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PSt 25 (15:00) 48-Jason Veltri ran to PSt 27 for 2 yards. Tackle by 92-Jose Mucha.</t>
   </si>
   <si>
     <t>#1 Ronald Atchison - QB</t>
   </si>
   <si>
     <t>#84 Larry Chandler - TE</t>
   </si>
   <si>
     <t>#20 Dean Limon - FB</t>
   </si>
   <si>
     <t>#90 Mario Cantella - RDE</t>
   </si>
   <si>
-    <t>#93 Jay Arrington - DT</t>
+    <t>#67 Jay Arrington - DT</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>PSt 27</t>
   </si>
   <si>
     <t>Weak I Normal All Go</t>
   </si>
   <si>
     <t>2-8-PSt 27 (14:21) 1-Ronald Atchison sacked at PSt 16 for -11 yards (51-Raymond McDevitt). Sack allowed by 71-Troy Hopkins.</t>
   </si>
   <si>
     <t>#33 Newton Carlton - SS</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>PSt 16</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-19-PSt 16 (13:47) 1-Ronald Atchison sacked at PSt 7 for -9 yards (90-Robert Cantu). Sack allowed by 71-Troy Hopkins. 71-Troy Hopkins totally missed that block.</t>
   </si>
   <si>
     <t>#84 Travis Thomas - WR</t>
   </si>
   <si>
     <t>#21 Timothy Fox - CB</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>4-28-PSt 7 (13:12) 9-Justin Widman punts 54 yards to LSU 38. 22-David Clark to LSU 48 for 10 yards. Tackle by 31-Mike Shepherd.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>1-10-LSU 48 (13:04) 5-Matthew Malone pass incomplete, dropped by 43-Russell Salvador.</t>
   </si>
   <si>
     <t>#19 Matthew Malone - QB</t>
   </si>
   <si>
-    <t>#61 William Clow - RG</t>
+    <t>#62 William Clow - RG</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>2-10-LSU 48 (13:02) 5-Matthew Malone pass complete to 22-David Clark to LSU 50 for 1 yards. Tackle by 31-Mike Shepherd.</t>
   </si>
   <si>
     <t>#61 Jack Foster - RG</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>LSU 50</t>
   </si>
   <si>
     <t>3-9-LSU 50 (12:24) 5-Matthew Malone pass complete to 43-Russell Salvador to PSt 41 for 9 yards. Tackle by 50-Reggie White.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>