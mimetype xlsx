--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -368,51 +368,51 @@
   <si>
     <t>#16 William Miller - WR</t>
   </si>
   <si>
     <t>#80 Stanley Stinson - WR</t>
   </si>
   <si>
     <t>#89 Brandon Wood - WR</t>
   </si>
   <si>
     <t>#73 Matthew Mercer - LT</t>
   </si>
   <si>
     <t>#66 Lawrence Stewart - LG</t>
   </si>
   <si>
     <t>#65 Thomas Patten - C</t>
   </si>
   <si>
     <t>#62 Gary Taylor - LG</t>
   </si>
   <si>
     <t>#74 Jesse Richardson - RT</t>
   </si>
   <si>
-    <t>#78 Ernest Lindsay - DT</t>
+    <t>#95 Ernest Lindsay - DT</t>
   </si>
   <si>
     <t>#65 Ernest Stephenson - DT</t>
   </si>
   <si>
     <t>#91 Charles Erickson - DT</t>
   </si>
   <si>
     <t>#73 Edward Cates - RDE</t>
   </si>
   <si>
     <t>#53 Patrick Roth - MLB</t>
   </si>
   <si>
     <t>#90 David Domingue - WLB</t>
   </si>
   <si>
     <t>#35 David Meadows - CB</t>
   </si>
   <si>
     <t>#33 Sean Zanders - CB</t>
   </si>
   <si>
     <t>#20 William Zarate - CB</t>
   </si>