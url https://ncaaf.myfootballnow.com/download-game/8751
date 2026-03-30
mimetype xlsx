--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -482,51 +482,51 @@
   <si>
     <t>(14:45) 7-Rick Golding kicks 72 yards from LSU 35 to PSt -7. Touchback.</t>
   </si>
   <si>
     <t>#31 Mike Shepherd - SS</t>
   </si>
   <si>
     <t>#89 Robert Quisenberry - WR</t>
   </si>
   <si>
     <t>PSt 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PSt 25 (14:45) 16-Ronald Brigance pass complete to 89-Robert Quisenberry to PSt 28 for 3 yards. Tackle by 20-James Johnson.</t>
   </si>
   <si>
     <t>#16 Ronald Brigance - QB</t>
   </si>
   <si>
-    <t>#47 Eric Webber - RB</t>
+    <t>#48 Eric Webber - RB</t>
   </si>
   <si>
     <t>#25 Charles Guerra - WR</t>
   </si>
   <si>
     <t>#87 Cedric Bynum - TE</t>
   </si>
   <si>
     <t>#88 Ian Rodgers - WR</t>
   </si>
   <si>
     <t>#75 Timothy Long - LT</t>
   </si>
   <si>
     <t>#55 Luke Stamper - LG</t>
   </si>
   <si>
     <t>#60 Joseph Whobrey - C</t>
   </si>
   <si>
     <t>#72 Mark Allen - RG</t>
   </si>
   <si>
     <t>#78 Dennis Sessions - RT</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-PSt 39 (12:08) 16-Ronald Brigance pass Pass knocked down by 26-Anthony Geary. incomplete, intended for 18-Justin Cardoza.</t>
   </si>
   <si>
     <t>#88 Jason Veltri - WR</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-7-PSt 39 (12:04) 47-Eric Webber ran to PSt 41 for 2 yards. Tackle by 98-Samuel Leber.</t>
   </si>
   <si>
     <t>#85 George Gardner - TE</t>
   </si>
   <si>
-    <t>#51 Raymond McDevitt - RDE</t>
+    <t>#57 Raymond McDevitt - RDE</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>PSt 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-PSt 41 (11:24) 9-Justin Widman punts 66 yards to LSU -7. PSt 65-Ernest Stephenson was injured on the play. He looks like he should be able to return.4-5-PSt 41 (11:24) 9-Justin Widman punts 66 yards to LSU -7. Touchback. PSt 65-Ernest Stephenson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Justin Widman - P</t>
   </si>
   <si>
     <t>#70 Ralph Campbell - C</t>
   </si>
   <si>
     <t>#77 Paul Carson - LT</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>4-25-PSt 11 (4:55) 9-Justin Widman punts 48 yards to LSU 41. Fair Catch by 22-David Clark.</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>LSU 41</t>
   </si>
   <si>
     <t>1-10-LSU 41 (4:48) 38-Chris Marshall ran to LSU 40 for -1 yards. 38-Chris Marshall FUMBLES (65-Ernest Stephenson) recovered by LSU-38-Chris Marshall to LSU 42 for 2 yards. Tackle by 65-Ernest Stephenson.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>LSU 42</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-LSU 42 (4:06) 38-Chris Marshall ran to LSU 41 for -1 yards. Tackle by 91-Charles Erickson.</t>
   </si>
   <si>
-    <t>#88 Josue Torres - TE</t>
+    <t>#86 Josue Torres - TE</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-10-LSU 41 (3:33) 10-Robert Barrett pass complete to 81-William Miller to LSU 47 for 6 yards. Tackle by 35-David Meadows. 43-Benjamin Cunningham got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>LSU 47</t>
   </si>
   <si>
     <t>4-3-LSU 47 (2:49) 4-James Shock punts 45 yards to PSt 7.</t>
   </si>
   <si>
     <t>2:41</t>
   </si>
   <si>
     <t>PSt 7</t>
   </si>
@@ -1325,51 +1325,51 @@
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>1-10-PSt 34 (1:20) 10-Robert Barrett pass incomplete, intended for 81-William Miller.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-10-PSt 34 (1:17) 10-Robert Barrett pass incomplete, dropped by 81-William Miller. Pressure by 57-Ernest Lindsay. LSU 56-Thomas Patten was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-10-PSt 34 (1:10) 10-Robert Barrett pass complete to 41-Ronald Castro to PSt 23 for 10 yards. Tackle by 26-Richard Brim. PENALTY - Offsides (PSt 57-Ernest Lindsay) (Declined)</t>
   </si>
   <si>
-    <t>#70 James Thompson - C</t>
+    <t>#65 James Thompson - C</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>1-10-PSt 23 (1:05) 10-Robert Barrett pass Pass knocked down by 90-David Domingue. incomplete, intended for 88-Josue Torres.</t>
   </si>
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-10-PSt 23 (1:03) 10-Robert Barrett pass complete to 81-William Miller to PSt 19 for 5 yards. Tackle by 35-David Meadows. 81-William Miller did some fancy footwork there.</t>
   </si>
   <si>
     <t>#14 Edwin Garvey - WR</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>3-5-PSt 19 (0:44) 10-Robert Barrett pass Pass knocked down by 32-Charles Potter. incomplete, intended for 11-Edwin Garvey. Pressure by 57-Ernest Lindsay.</t>
   </si>