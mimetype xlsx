--- v0 (2025-10-29)
+++ v1 (2026-01-28)
@@ -572,51 +572,51 @@
   <si>
     <t>#19 Ronald Lung - WR</t>
   </si>
   <si>
     <t>#19 Thomas Dock - WR</t>
   </si>
   <si>
     <t>#51 Scott Gregory - LT</t>
   </si>
   <si>
     <t>#79 James King - RT</t>
   </si>
   <si>
     <t>#74 Jerry Carollo - C</t>
   </si>
   <si>
     <t>#72 Jimmie Harvey - RG</t>
   </si>
   <si>
     <t>#57 Christopher Beverly - LT</t>
   </si>
   <si>
     <t>#54 Troy Wimer - SLB</t>
   </si>
   <si>
-    <t>#93 Jeremy Sutton - WLB</t>
+    <t>#57 Jeremy Sutton - WLB</t>
   </si>
   <si>
     <t>#45 Philip Ward - CB</t>
   </si>
   <si>
     <t>#40 James Rollins - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>BAY 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-BAY 24 (10:12) 27-Louis Martinez ran to BAY 33 for 9 yards. Tackle by 21-Thomas Farmer. BAY 83-Maurice Gosnell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Michael Barbagallo - WR</t>
   </si>
   <si>
     <t>#37 Joshua Canterbury - SS</t>
   </si>