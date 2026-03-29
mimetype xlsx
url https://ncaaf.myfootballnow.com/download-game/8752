--- v1 (2026-01-28)
+++ v2 (2026-03-29)
@@ -377,51 +377,51 @@
   <si>
     <t>#79 Nathan Brassell - C</t>
   </si>
   <si>
     <t>#63 Aaron Strickland - RG</t>
   </si>
   <si>
     <t>#54 Milton Barrera - RT</t>
   </si>
   <si>
     <t>#62 Michael Bonilla - LDE</t>
   </si>
   <si>
     <t>#96 Tyler Gross - DT</t>
   </si>
   <si>
     <t>#55 Jack Torres - DT</t>
   </si>
   <si>
     <t>#90 Hubert Chambers - RDE</t>
   </si>
   <si>
     <t>#98 Donald Fletcher - MLB</t>
   </si>
   <si>
-    <t>#52 Alan Nunez - MLB</t>
+    <t>#51 Alan Nunez - MLB</t>
   </si>
   <si>
     <t>#57 Leslie Anderson - WLB</t>
   </si>
   <si>
     <t>#37 James Vaughn - CB</t>
   </si>
   <si>
     <t>#29 Cody Bush - CB</t>
   </si>
   <si>
     <t>#35 Thomas Evans - FS</t>
   </si>
   <si>
     <t>#23 Tony Nason - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>DUK 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
@@ -512,135 +512,135 @@
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>DUK 40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-DUK 40 (11:01) 16-Vernon Fuller punts 46 yards to BAY 14. Fair Catch by 20-John McMurray.</t>
   </si>
   <si>
     <t>#16 Vernon Fuller - P</t>
   </si>
   <si>
     <t>#31 John McMurray - RB</t>
   </si>
   <si>
     <t>#25 Florentino Martin - CB</t>
   </si>
   <si>
-    <t>#65 Scott Gillison - LT</t>
+    <t>#74 Scott Gillison - LT</t>
   </si>
   <si>
     <t>#65 Warren Harvey - RG</t>
   </si>
   <si>
     <t>#99 Nolan Priddy - SLB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>BAY 14</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BAY 14 (10:54) 18-Thomas Keegan pass complete to 19-Thomas Dock to BAY 24 for 10 yards. Tackle by 40-James Rollins.</t>
   </si>
   <si>
     <t>#18 Thomas Keegan - QB</t>
   </si>
   <si>
     <t>#36 Louis Martinez - RB</t>
   </si>
   <si>
     <t>#49 David Thompson - FB</t>
   </si>
   <si>
     <t>#83 Maurice Gosnell - TE</t>
   </si>
   <si>
     <t>#19 Ronald Lung - WR</t>
   </si>
   <si>
     <t>#19 Thomas Dock - WR</t>
   </si>
   <si>
     <t>#51 Scott Gregory - LT</t>
   </si>
   <si>
-    <t>#79 James King - RT</t>
+    <t>#78 James King - RT</t>
   </si>
   <si>
     <t>#74 Jerry Carollo - C</t>
   </si>
   <si>
     <t>#72 Jimmie Harvey - RG</t>
   </si>
   <si>
     <t>#57 Christopher Beverly - LT</t>
   </si>
   <si>
     <t>#54 Troy Wimer - SLB</t>
   </si>
   <si>
     <t>#57 Jeremy Sutton - WLB</t>
   </si>
   <si>
     <t>#45 Philip Ward - CB</t>
   </si>
   <si>
     <t>#40 James Rollins - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>BAY 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-BAY 24 (10:12) 27-Louis Martinez ran to BAY 33 for 9 yards. Tackle by 21-Thomas Farmer. BAY 83-Maurice Gosnell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Michael Barbagallo - WR</t>
   </si>
   <si>
-    <t>#37 Joshua Canterbury - SS</t>
+    <t>#43 Joshua Canterbury - SS</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>BAY 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-1-BAY 33 (9:36) 27-Louis Martinez ran to BAY 35 for 2 yards. Tackle by 68-Carlos Wright.</t>
   </si>
   <si>
     <t>#87 Benjamin Hoffman - TE</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>(0:22) 17-Mathew Dodson kicks 73 yards from DUK 35 to BAY -8. 20-John McMurray to BAY 12 for 20 yards. Tackle by 28-Todd Karg. BAY 98-Donald Fletcher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>BAY 12</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-BAY 12 (0:19) 27-Louis Martinez ran to BAY 9 for -3 yards. Tackle by 93-Jeremy Sutton.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 17-Mathew Dodson kicks 75 yards from DUK 35 to BAY -10. Touchback.</t>
   </si>
   <si>
-    <t>#95 Ernest Rodriguez - MLB</t>
+    <t>#99 Ernest Rodriguez - MLB</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BAY 25 (15:00) 32-Alfonso Peterson ran to BAY 31 for 6 yards. Tackle by 56-Chad Stillwell.</t>
   </si>
   <si>
     <t>#48 Leslie Murphy - RB</t>
   </si>
   <si>
     <t>#33 William Harrison - RB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>2-4-BAY 31 (14:25) 32-Alfonso Peterson ran to BAY 32 for 1 yards. Tackle by 77-Matthew Krause.</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>3-3-BAY 32 (13:50) 32-Alfonso Peterson ran to BAY 36 for 4 yards. 32-Alfonso Peterson FUMBLES (68-Carlos Wright) recovered by DUK-40-James Rollins at BAY 39. Tackle by 32-Alfonso Peterson.</t>
   </si>