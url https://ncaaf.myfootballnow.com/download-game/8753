--- v0 (2025-10-15)
+++ v1 (2025-11-06)
@@ -1376,51 +1376,51 @@
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-WVU 25 (0:04) 21-Dale Farmer ran to WVU 26 for 2 yards. Tackle by 69-Marvin Isham.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 7-Noah Ku kicks 65 yards from PUR 35 to WVU 0. 24-Matthew Marshall to WVU 23 for 23 yards. Tackle by 21-Matthew Jung.</t>
   </si>
   <si>
     <t>1-10-WVU 23 (14:56) 22-Mark Levine ran to WVU 29 for 6 yards. Tackle by 35-Nathaniel Middleton.</t>
   </si>
   <si>
     <t>#17 Joseph Weiss - QB</t>
   </si>
   <si>
     <t>#24 Alexander Montgomery - RB</t>
   </si>
   <si>
     <t>#63 William Jensen - LT</t>
   </si>
   <si>
-    <t>#63 Keith Nesmith - RG</t>
+    <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>WVU 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-4-WVU 29 (14:23) 24-Matthew Marshall ran to WVU 32 for 3 yards. Tackle by 53-Samuel Owens. 59-Larry Johnson totally missed that block. 59-Larry Johnson completely missed his blocking assignment. PENALTY - Holding (WVU 54-Robert Kay)</t>
   </si>
   <si>
     <t>#27 Quinn Hilliard - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>WVU 20</t>
   </si>
   <si>
     <t>2-13-WVU 20 (14:21) 12-Joseph Weiss pass complete to 25-Brian Collins to WVU 32 for 12 yards. Tackle by 21-Matthew Jung.</t>
   </si>