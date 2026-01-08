--- v1 (2025-11-06)
+++ v2 (2026-01-08)
@@ -503,51 +503,51 @@
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>WVU 24</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 24 (13:35) 11-Donnie Wright pass Pass knocked down by 38-Robert Camp. incomplete, intended for 81-Donald Uecker.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#73 Nathan Kelly - LG</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#60 Jason Ingram - C</t>
   </si>
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#57 Marvin Isham - LDE</t>
   </si>
   <si>
     <t>#62 Samuel Owens - DT</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-WVU 35 (5:00) 21-Dale Farmer ran to WVU 49 for 13 yards. Tackle by 42-Fredrick Kidd.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>WVU 49</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-WVU 49 (4:23) 11-Donnie Wright pass complete to 13-Jessie Rodriguez to PUR 45 for 6 yards. Tackle by 55-Gary Farrar.</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>PUR 45</t>
   </si>
   <si>
     <t>2-4-PUR 45 (3:43) 21-Dale Farmer ran to PUR 39 for 7 yards. Tackle by 42-Fredrick Kidd.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>PUR 39</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-PUR 39 (3:09) 22-Mark Levine ran to PUR 27 for 12 yards. Tackle by 38-Robert Camp.</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
@@ -1445,51 +1445,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-1-WVU 44 (12:12) 12-Joseph Weiss pass Pass knocked down by 23-Quinn Hilliard. incomplete, intended for 26-Alexander Montgomery.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>4-1-WVU 44 (12:09) 5-William Aten punts 57 yards to PUR -1. PUR 22-Donald Beck was injured on the play. He looks like he should be able to return.4-1-WVU 44 (12:09) 5-William Aten punts 57 yards to PUR -1. Touchback. PUR 22-Donald Beck was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-PUR 20 (12:01) 40-Jack Coles ran to PUR 22 for 2 yards. Tackle by 92-Houston Tyson.</t>
   </si>
   <si>
     <t>#13 Frankie Walls - QB</t>
   </si>
   <si>
-    <t>#58 Jeffrey Place - RG</t>
+    <t>#60 Jeffrey Place - RG</t>
   </si>
   <si>
     <t>#78 Ricardo Posey - RT</t>
   </si>
   <si>
     <t>#44 Randall Smith - FS</t>
   </si>
   <si>
     <t>2-8-PUR 22 (11:22) 18-Frankie Walls pass complete to 30-Robert Robbins to PUR 30 for 8 yards. Tackle by 38-Manuel Hood. WVU 92-Houston Tyson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>PUR 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-PUR 30 (10:44) 18-Frankie Walls pass Pass knocked down by 31-Justin Vanderbilt. incomplete, intended for 87-Roy Sanchez.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>