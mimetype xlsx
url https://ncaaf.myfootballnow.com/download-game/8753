--- v2 (2026-01-08)
+++ v3 (2026-03-15)
@@ -455,99 +455,99 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-11-PUR 24 (14:24) 13-Eric Becker pass complete to 89-Alexander Crist to PUR 32 for 8 yards. Tackle by 37-Thomas Andrews.</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>PUR 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-PUR 32 (13:40) 14-Micheal Webb punts 44 yards to WVU 24. Fair Catch by 81-Donald Uecker.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#81 Donald Uecker - WR</t>
   </si>
   <si>
     <t>#31 Ira Jiminez - CB</t>
   </si>
   <si>
     <t>#30 Charles Bragdon - SS</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
     <t>#22 Matthew Marshall - RB</t>
   </si>
   <si>
     <t>#70 Merrill Schmidt - LG</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>WVU 24</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 24 (13:35) 11-Donnie Wright pass Pass knocked down by 38-Robert Camp. incomplete, intended for 81-Donald Uecker.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#73 Nathan Kelly - LG</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#60 Jason Ingram - C</t>
   </si>
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#57 Marvin Isham - LDE</t>
   </si>
   <si>
     <t>#62 Samuel Owens - DT</t>
   </si>