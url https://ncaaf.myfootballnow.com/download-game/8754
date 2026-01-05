--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -368,51 +368,51 @@
   <si>
     <t>#14 Randy Mace - WR</t>
   </si>
   <si>
     <t>#56 Robert House - LG</t>
   </si>
   <si>
     <t>#78 Bobby Brooks - LG</t>
   </si>
   <si>
     <t>#71 Alonzo Rogers - RG</t>
   </si>
   <si>
     <t>#77 Jeremy Gentry - RT</t>
   </si>
   <si>
     <t>#64 Joseph Wood - LDE</t>
   </si>
   <si>
     <t>#73 Joseph May - DT</t>
   </si>
   <si>
     <t>#75 Cesar Morgan - DT</t>
   </si>
   <si>
-    <t>#92 Sean Sanders - RDE</t>
+    <t>#54 Sean Sanders - LDE</t>
   </si>
   <si>
     <t>#96 Gregory Ortiz - SLB</t>
   </si>
   <si>
     <t>#93 Matthew Carter - MLB</t>
   </si>
   <si>
     <t>#45 Allen Meadows - WLB</t>
   </si>
   <si>
     <t>#20 Phillip Felton - CB</t>
   </si>
   <si>
     <t>#21 Carl McCain - CB</t>
   </si>
   <si>
     <t>#27 Kenneth Almaguer - SS</t>
   </si>
   <si>
     <t>#23 Thomas Leiser - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>