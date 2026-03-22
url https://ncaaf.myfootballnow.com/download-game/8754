--- v1 (2026-01-05)
+++ v2 (2026-03-22)
@@ -509,51 +509,51 @@
   <si>
     <t>#16 Richard McGinnis - WR</t>
   </si>
   <si>
     <t>#18 Jason Hobby - WR</t>
   </si>
   <si>
     <t>#10 Armando Rogers - WR</t>
   </si>
   <si>
     <t>#68 Andrew Robinson - LT</t>
   </si>
   <si>
     <t>#60 Jeramy Ramirez - LG</t>
   </si>
   <si>
     <t>#65 Drew Westbrook - C</t>
   </si>
   <si>
     <t>#57 Fred Cotten - RT</t>
   </si>
   <si>
     <t>#66 Kenneth Mott - RT</t>
   </si>
   <si>
-    <t>#70 Brian Duke - DT</t>
+    <t>#63 Brian Duke - DT</t>
   </si>
   <si>
     <t>#90 Alberto Kennedy - RDE</t>
   </si>
   <si>
     <t>#50 Thomas Keel - SLB</t>
   </si>
   <si>
     <t>#44 Charles Zamora - SS</t>
   </si>
   <si>
     <t>#35 Matthew Turner - SS</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-10-OMS 20 (12:58) 2-Aaron McGuire pass complete to 19-Richard McGinnis to OMS 24 for 4 yards. Tackle by 25-John Cruz.</t>
   </si>
@@ -1391,51 +1391,51 @@
   <si>
     <t>2-10-AUB 16 (10:47) 48-Dennis McDonald ran to AUB 13 for 3 yards. Tackle by 20-Benjamin Brooks.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-7-AUB 13 (10:06) 48-Dennis McDonald ran to AUB 10 for 3 yards. Tackle by 96-Claude Allen. 81-Michael Lincoln missed that block completely.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>AUB 10</t>
   </si>
   <si>
     <t>4-4-AUB 10 (9:19) 7-Steven Ketchum 27 yard field goal is GOOD. OMS 6 AUB 7</t>
   </si>
   <si>
     <t>#83 Paul Orr - WR</t>
   </si>
   <si>
-    <t>#82 Harry Nichols - TE</t>
+    <t>#88 Harry Nichols - TE</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>(9:16) 7-Steven Ketchum kicks 74 yards from OMS 35 to AUB -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-AUB 25 (9:16) 8-Aaron Bonds sacked at AUB 17 for -8 yards (77-Kenneth Jellison). Sack allowed by 82-Lance Dann.</t>
   </si>
   <si>
     <t>#8 Aaron Bonds - QB</t>
   </si>
   <si>
     <t>#83 Lance Dann - TE</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>2-18-AUB 17 (8:32) 8-Aaron Bonds pass Pass knocked down by 21-Carl McCain. incomplete, intended for 88-David Sheppard.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>