--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -305,51 +305,51 @@
   <si>
     <t>#40 Paul Cox - RB</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#37 Danny Rivera - CB</t>
   </si>
   <si>
     <t>#56 William Bowman - RDE</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>#59 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
-    <t>#22 Leonard Gerken - FS</t>
+    <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#63 Justin Rivers - DT</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
     <t>#5 Steven Roden - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 25 (15:00) 6-Jules Garner pass complete to 80-Dan Farmer to ARK 38 for 13 yards. Tackle by 50-Johnny Hart. UNC 50-Johnny Hart was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -380,57 +380,57 @@
   <si>
     <t>#60 Kurtis Drummond - C</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
     <t>#79 Nicholas Green - RG</t>
   </si>
   <si>
     <t>#91 Thomas Orlandi - RDE</t>
   </si>
   <si>
     <t>#61 David Deschamps - RDE</t>
   </si>
   <si>
     <t>#99 Larry Kelley - DT</t>
   </si>
   <si>
     <t>#53 Dale Hampton - DT</t>
   </si>
   <si>
     <t>#67 Frank Reich - RDE</t>
   </si>
   <si>
-    <t>#95 Robby Berry - WLB</t>
+    <t>#92 Robby Berry - WLB</t>
   </si>
   <si>
     <t>#91 Richard Lindsay - MLB</t>
   </si>
   <si>
-    <t>#50 Johnny Hart - SLB</t>
+    <t>#98 Johnny Hart - SLB</t>
   </si>
   <si>
     <t>#42 Willie Settle - CB</t>
   </si>
   <si>
     <t>#35 Aaron Niles - CB</t>
   </si>
   <si>
     <t>#22 Lamar Gray - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>ARK 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-ARK 38 (14:22) 24-Travis Reese ran to ARK 46 for 9 yards. Tackle by 24-Kasey Bentz.</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>ARK 14</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-ARK 14 (2:28) 24-Travis Reese ran to ARK 24 for 10 yards. Tackle by 99-Larry Kelley.</t>
   </si>
   <si>
     <t>#36 Joseph Brindle - FS</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-ARK 24 (1:45) 6-Jules Garner pass complete to 88-Dennis Owen to ARK 30 for 6 yards. Tackle by 90-Richard Lindsay.</t>
   </si>
   <si>
-    <t>#24 Steven Barron - SS</t>
+    <t>#24 Steven Barron - FS</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>ARK 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-4-ARK 30 (1:07) 40-Paul Cox ran to ARK 32 for 2 yards. Tackle by 53-Dale Hampton.</t>
   </si>
   <si>
     <t>#16 Shawn Rodriquez - WR</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>ARK 32</t>
   </si>
   <si>
     <t>3-2-ARK 32 (0:29) 24-Travis Reese ran to ARK 33 for 1 yards. Tackle by 99-Larry Kelley.</t>
   </si>
@@ -1058,51 +1058,51 @@
   <si>
     <t>3-5-UNC 26 (6:36) 6-Jules Garner pass complete to 33-Adam Guess to UNC 18 for 8 yards. Tackle by 95-Robby Berry. 33-Adam Guess breaks down the CB.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>UNC 18</t>
   </si>
   <si>
     <t>1-10-UNC 18 (5:51) 40-Paul Cox ran to UNC 17 for 1 yards. Tackle by 99-Larry Kelley. ARK 79-Nicholas Green was injured on the play. He looks like he should be able to return. UNC 99-Larry Kelley was injured on the play. He looks like he should be able to return. UNC 53-Dale Hampton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>UNC 17</t>
   </si>
   <si>
     <t>2-9-UNC 17 (5:16) 6-Jules Garner pass incomplete, intended for 88-Dennis Owen.</t>
   </si>
   <si>
     <t>#72 David Lewis - LG</t>
   </si>
   <si>
-    <t>#61 Kenneth Speciale - DT</t>
+    <t>#64 Kenneth Speciale - DT</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-9-UNC 17 (5:14) 6-Jules Garner pass Pass knocked down by 90-Richard Lindsay. incomplete, intended for 40-Paul Cox.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-UNC 17 (5:10) 17-Javier Lichtenstein 35 yard field goal is NO GOOD. (Wide Left) UNC 90-Richard Lindsay was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>3-15-UNC 16 (0:28) 6-Jules Garner pass complete to 18-Gary Richards to UNC 5 for 12 yards. Tackle by 36-Joseph Brindle.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>UNC 5</t>
   </si>
   <si>
     <t>4-3-UNC 5 (0:03) 17-Javier Lichtenstein 23 yard field goal is GOOD. ARK 3 UNC 0</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 17-Javier Lichtenstein kicks 71 yards from ARK 35 to UNC -6. Touchback.</t>
   </si>
   <si>
     <t>#87 Garry Martin - WR</t>
   </si>
   <si>
-    <t>#51 Charles Holmes - MLB</t>
+    <t>#97 Charles Holmes - MLB</t>
   </si>
   <si>
     <t>1-10-UNC 25 (15:00) 1-Frank Clay pass incomplete, dropped by 45-Neil Sand.</t>
   </si>
   <si>
     <t>#11 Frank Clay - QB</t>
   </si>
   <si>
     <t>#80 James McNeeley - WR</t>
   </si>
   <si>
     <t>#68 Aaron Bish - C</t>
   </si>
   <si>
     <t>#93 Freddie Drake - DT</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>2-10-UNC 25 (14:58) 1-Frank Clay pass Pass knocked down by 90-Brandon Farley. incomplete, intended for 15-John Gibson. UNC 83-Zachary Overton was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (ARK 90-Brandon Farley)</t>
   </si>
   <si>
     <t>#95 Leandro Buffum - DT</t>
   </si>