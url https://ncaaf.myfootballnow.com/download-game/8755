--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -362,51 +362,51 @@
   <si>
     <t>#38 Ervin Roman - RB</t>
   </si>
   <si>
     <t>#33 Adam Guess - FB</t>
   </si>
   <si>
     <t>#88 Dennis Owen - TE</t>
   </si>
   <si>
     <t>#80 Dan Farmer - WR</t>
   </si>
   <si>
     <t>#66 Johnny Giddings - LT</t>
   </si>
   <si>
     <t>#61 Norman Ramos - LG</t>
   </si>
   <si>
     <t>#60 Kurtis Drummond - C</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
-    <t>#79 Nicholas Green - RG</t>
+    <t>#79 Nicholas Green - RT</t>
   </si>
   <si>
     <t>#91 Thomas Orlandi - RDE</t>
   </si>
   <si>
     <t>#61 David Deschamps - RDE</t>
   </si>
   <si>
     <t>#99 Larry Kelley - DT</t>
   </si>
   <si>
     <t>#53 Dale Hampton - DT</t>
   </si>
   <si>
     <t>#67 Frank Reich - RDE</t>
   </si>
   <si>
     <t>#92 Robby Berry - WLB</t>
   </si>
   <si>
     <t>#91 Richard Lindsay - MLB</t>
   </si>
   <si>
     <t>#98 Johnny Hart - SLB</t>
   </si>