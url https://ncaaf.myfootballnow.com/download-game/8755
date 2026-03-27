--- v2 (2026-01-25)
+++ v3 (2026-03-27)
@@ -296,102 +296,102 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Steven Roden kicks 67 yards from UNC 35 to ARK -2. Touchback.</t>
   </si>
   <si>
     <t>#40 Paul Cox - RB</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#37 Danny Rivera - CB</t>
   </si>
   <si>
     <t>#56 William Bowman - RDE</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
-    <t>#59 David Rao - MLB</t>
+    <t>#53 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#63 Justin Rivers - DT</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
     <t>#5 Steven Roden - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>ARK 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARK 25 (15:00) 6-Jules Garner pass complete to 80-Dan Farmer to ARK 38 for 13 yards. Tackle by 50-Johnny Hart. UNC 50-Johnny Hart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Jules Garner - QB</t>
   </si>
   <si>
     <t>#24 Travis Reese - RB</t>
   </si>
   <si>
     <t>#38 Ervin Roman - RB</t>
   </si>
   <si>
     <t>#33 Adam Guess - FB</t>
   </si>
   <si>
     <t>#88 Dennis Owen - TE</t>
   </si>
   <si>
-    <t>#80 Dan Farmer - WR</t>
+    <t>#84 Dan Farmer - WR</t>
   </si>
   <si>
     <t>#66 Johnny Giddings - LT</t>
   </si>
   <si>
     <t>#61 Norman Ramos - LG</t>
   </si>
   <si>
     <t>#60 Kurtis Drummond - C</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
     <t>#79 Nicholas Green - RT</t>
   </si>
   <si>
     <t>#91 Thomas Orlandi - RDE</t>
   </si>
   <si>
     <t>#61 David Deschamps - RDE</t>
   </si>
   <si>
     <t>#99 Larry Kelley - DT</t>
   </si>
@@ -1055,54 +1055,54 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-5-UNC 26 (6:36) 6-Jules Garner pass complete to 33-Adam Guess to UNC 18 for 8 yards. Tackle by 95-Robby Berry. 33-Adam Guess breaks down the CB.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>UNC 18</t>
   </si>
   <si>
     <t>1-10-UNC 18 (5:51) 40-Paul Cox ran to UNC 17 for 1 yards. Tackle by 99-Larry Kelley. ARK 79-Nicholas Green was injured on the play. He looks like he should be able to return. UNC 99-Larry Kelley was injured on the play. He looks like he should be able to return. UNC 53-Dale Hampton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>UNC 17</t>
   </si>
   <si>
     <t>2-9-UNC 17 (5:16) 6-Jules Garner pass incomplete, intended for 88-Dennis Owen.</t>
   </si>
   <si>
-    <t>#72 David Lewis - LG</t>
-[...2 lines deleted...]
-    <t>#64 Kenneth Speciale - DT</t>
+    <t>#72 David Lewis - RT</t>
+  </si>
+  <si>
+    <t>#65 Kenneth Speciale - DT</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-9-UNC 17 (5:14) 6-Jules Garner pass Pass knocked down by 90-Richard Lindsay. incomplete, intended for 40-Paul Cox.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-UNC 17 (5:10) 17-Javier Lichtenstein 35 yard field goal is NO GOOD. (Wide Left) UNC 90-Richard Lindsay was injured on the play. He looks like he should be able to return.</t>
   </si>