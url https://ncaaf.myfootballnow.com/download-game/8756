--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -308,93 +308,93 @@
   <si>
     <t>#94 Joshua Yager - LDE</t>
   </si>
   <si>
     <t>#26 Joseph James - CB</t>
   </si>
   <si>
     <t>#37 Neville Warren - SS</t>
   </si>
   <si>
     <t>#54 John Anderson - WLB</t>
   </si>
   <si>
     <t>#24 Clint Andrus - CB</t>
   </si>
   <si>
     <t>#63 Shaun Cody - LDE</t>
   </si>
   <si>
     <t>#53 Noel Garcia - MLB</t>
   </si>
   <si>
     <t>#20 Darnell Bing - CB</t>
   </si>
   <si>
-    <t>#97 Thomas Clark - WLB</t>
+    <t>#97 Thomas Clark - SLB</t>
   </si>
   <si>
     <t>#69 Gerry Keller - LDE</t>
   </si>
   <si>
     <t>#3 Bobby Brown - K</t>
   </si>
   <si>
     <t>AZS</t>
   </si>
   <si>
     <t>AZS 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-AZS 25 (15:00) 7-Willie Jernigan pass complete to 88-Chris Martinez to AZS 29 for 4 yards. Tackle by 40-Stanley Nelson.</t>
   </si>
   <si>
     <t>#7 Willie Jernigan - QB</t>
   </si>
   <si>
     <t>#32 Ty Steele - RB</t>
   </si>
   <si>
     <t>#3 Billy Irby - WR</t>
   </si>
   <si>
     <t>#88 Chris Martinez - TE</t>
   </si>
   <si>
     <t>#87 Fabian Blue - TE</t>
   </si>
   <si>
     <t>#86 Steve Singleton - TE</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#67 Christopher Moyes - RG</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>#71 Ronald Merrill - LG</t>
   </si>
   <si>
     <t>#74 Philip Prince - LT</t>
   </si>
   <si>
     <t>#69 Corey Cornwell - LDE</t>
   </si>
   <si>
     <t>#68 Michael Lloyd - LDE</t>
   </si>
   <si>
     <t>#75 James Smith - DT</t>
   </si>
   <si>
     <t>#75 Douglas Marron - DT</t>
   </si>