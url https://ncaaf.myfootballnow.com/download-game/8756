--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -413,51 +413,51 @@
   <si>
     <t>#23 Keith Parry - CB</t>
   </si>
   <si>
     <t>#22 Justin Hick - CB</t>
   </si>
   <si>
     <t>#37 Michael Moore - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>AZS 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-6-AZS 29 (14:25) 7-Willie Jernigan pass Pass knocked down by 97-Roy Russell. incomplete, intended for 87-Fabian Blue.</t>
   </si>
   <si>
-    <t>#18 Brad Baker - WR</t>
+    <t>#81 Brad Baker - WR</t>
   </si>
   <si>
     <t>#11 Frank Wolfe - WR</t>
   </si>
   <si>
     <t>#35 Marlon Montana - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-6-AZS 29 (14:22) 7-Willie Jernigan pass Pass knocked down by 40-Stanley Nelson. incomplete, intended for 87-Fabian Blue. OSt 99-James Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>