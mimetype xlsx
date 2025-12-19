--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -380,51 +380,51 @@
   <si>
     <t>#61 Scott Reynolds - C</t>
   </si>
   <si>
     <t>#71 Jack Moffett - RG</t>
   </si>
   <si>
     <t>#67 Martin Daniels - RT</t>
   </si>
   <si>
     <t>#99 Stephen Segal - LDE</t>
   </si>
   <si>
     <t>#92 Ronald Salinas - DT</t>
   </si>
   <si>
     <t>#96 Chester Huffman - DT</t>
   </si>
   <si>
     <t>#66 Taylor Hunt - RDE</t>
   </si>
   <si>
     <t>#93 Roger Alexander - LDE</t>
   </si>
   <si>
-    <t>#92 Robert Dobson - MLB</t>
+    <t>#93 Robert Dobson - MLB</t>
   </si>
   <si>
     <t>#53 Robert Fortune - MLB</t>
   </si>
   <si>
     <t>#42 Andres Lewis - CB</t>
   </si>
   <si>
     <t>#39 Reuben Gonzales - CB</t>
   </si>
   <si>
     <t>#34 Joseph Baker - SS</t>
   </si>
   <si>
     <t>#20 Keith Waymire - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>