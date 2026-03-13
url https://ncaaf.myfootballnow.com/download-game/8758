--- v1 (2025-12-19)
+++ v2 (2026-03-13)
@@ -785,51 +785,51 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-11-MIN 44 (6:59) 16-Anthony Rivera pass complete to 85-Jay Holliday to MIN 35 for 9 yards. Tackle by 22-Michael Rodriquez.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-MIN 35 (6:23) 7-William Cox 53 yard field goal is GOOD. MIN 0 Lou 3</t>
   </si>
   <si>
     <t>#1 Rex Madrigal - QB</t>
   </si>
   <si>
-    <t>#51 Peter Tews - C</t>
+    <t>#54 Peter Tews - C</t>
   </si>
   <si>
     <t>#58 Taylor Fuller - C</t>
   </si>
   <si>
     <t>#60 George Yang - RDE</t>
   </si>
   <si>
     <t>#51 Richard Williams - SLB</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>(6:19) 7-William Cox kicks 75 yards from Lou 35 to MIN -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIN 25 (6:19) 4-Robert Hernandez pass Pass knocked down by 42-Andres Lewis. incomplete, intended for 87-Peter Wiener.</t>
   </si>
   <si>
     <t>6:16</t>
   </si>