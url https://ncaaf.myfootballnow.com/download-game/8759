--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NDI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Wilbert Rodriguez kicks 69 yards from HOU 35 to NDI -4. 38-Oliver Gonzales to NDI 16 for 20 yards. Tackle by 29-David Gross. HOU 55-Douglas Madden was injured on the play.</t>
   </si>
   <si>
     <t>#38 Oliver Gonzales - RB</t>
   </si>
   <si>
-    <t>#32 Ricardo Aybar - SS</t>
+    <t>#42 Ricardo Aybar - SS</t>
   </si>
   <si>
     <t>#96 Joe Crosby - MLB</t>
   </si>
   <si>
     <t>#94 Dennis Roberson - DT</t>
   </si>
   <si>
     <t>#59 Ronald Allen - MLB</t>
   </si>
   <si>
     <t>#20 Enrique Daly - CB</t>
   </si>
   <si>
     <t>#28 Carlos Armstrong - CB</t>
   </si>
   <si>
     <t>#31 Michael Dowell - RB</t>
   </si>
   <si>
     <t>#43 Brian Fonseca - FS</t>
   </si>
   <si>
     <t>#50 Johnnie Campbell - DT</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NDI 16 (14:57) 31-Michael Dowell ran to NDI 18 for 2 yards. Tackle by 45-Fredrick Casey. 45-Oscar Holbert totally missed that block.</t>
   </si>
   <si>
     <t>#12 Bill Mann - QB</t>
   </si>
   <si>
     <t>#45 Oscar Holbert - RB</t>
   </si>
   <si>
     <t>#21 Jeffrey Schiro - FB</t>
   </si>
   <si>
     <t>#85 David Almeida - TE</t>
   </si>
   <si>
     <t>#83 Andres Rodriguez - TE</t>
   </si>
   <si>
-    <t>#77 Horace Jackson - LT</t>
+    <t>#50 Horace Jackson - LT</t>
   </si>
   <si>
     <t>#76 Everett Cole - LG</t>
   </si>
   <si>
     <t>#62 Francisco Gonzalez - C</t>
   </si>
   <si>
     <t>#64 Calvin Dickinson - RG</t>
   </si>
   <si>
     <t>#77 Eric Sheets - LT</t>
   </si>
   <si>
     <t>#79 Norman Dossantos - LDE</t>
   </si>
   <si>
     <t>#76 Gerard Bible - LDE</t>
   </si>
   <si>
     <t>#56 Leon Barber - DT</t>
   </si>
   <si>
     <t>#61 Matthew Dole - DT</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-4-NDI 39 (10:37) 26-Jared Spurgeon ran to NDI 38 for 2 yards. Tackle by 59-Ronald Allen.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>NDI 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-2-NDI 38 (9:57) 33-Tad Washington ran for 38 yards. TOUCHDOWN! NDI 20-Enrique Daly was injured on the play. He looks like he should be able to return. HOU 6 NDI 0</t>
   </si>
   <si>
-    <t>#25 Michael Frazee - RB</t>
+    <t>#47 Michael Frazee - RB</t>
   </si>
   <si>
     <t>#82 Antonio Salls - TE</t>
   </si>
   <si>
     <t>#90 Aaron Nguyen - LDE</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>NDI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:51) Extra point GOOD by 3-Wilbert Rodriguez. HOU 7 NDI 0</t>
   </si>
   <si>
     <t>#1 Percy McKinney - P</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>#71 Pablo Wilson - RDE</t>
   </si>
   <si>
     <t>#63 Walter Poling - DT</t>
   </si>
   <si>
     <t>(9:51) 3-Wilbert Rodriguez kicks 73 yards from HOU 35 to NDI -8. Touchback.</t>
   </si>
   <si>
     <t>NDI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NDI 25 (9:51) 31-Michael Dowell ran to NDI 36 for 11 yards. Tackle by 24-Michael Lopez.</t>
   </si>
   <si>
     <t>#14 Samuel Conner - WR</t>
   </si>
   <si>
-    <t>#82 Raul Hughes - WR</t>
+    <t>#89 Raul Hughes - WR</t>
   </si>
   <si>
     <t>#12 Tom Lowe - WR</t>
   </si>
   <si>
     <t>#22 Noel Hayes - CB</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>NDI 36</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NDI 36 (9:08) 31-Michael Dowell ran to NDI 46 for 10 yards. Tackle by 40-Wade Smith.</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>