--- v1 (2026-01-08)
+++ v2 (2026-03-17)
@@ -335,51 +335,51 @@
   <si>
     <t>#94 Kevin Corona - SLB</t>
   </si>
   <si>
     <t>#3 Wilbert Rodriguez - K</t>
   </si>
   <si>
     <t>NDI</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NDI 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NDI 16 (14:57) 31-Michael Dowell ran to NDI 18 for 2 yards. Tackle by 45-Fredrick Casey. 45-Oscar Holbert totally missed that block.</t>
   </si>
   <si>
-    <t>#12 Bill Mann - QB</t>
+    <t>#11 Bill Mann - QB</t>
   </si>
   <si>
     <t>#45 Oscar Holbert - RB</t>
   </si>
   <si>
     <t>#21 Jeffrey Schiro - FB</t>
   </si>
   <si>
     <t>#85 David Almeida - TE</t>
   </si>
   <si>
     <t>#83 Andres Rodriguez - TE</t>
   </si>
   <si>
     <t>#50 Horace Jackson - LT</t>
   </si>
   <si>
     <t>#76 Everett Cole - LG</t>
   </si>
   <si>
     <t>#62 Francisco Gonzalez - C</t>
   </si>
   <si>
     <t>#64 Calvin Dickinson - RG</t>
   </si>
@@ -485,87 +485,87 @@
   <si>
     <t>#56 Joshua Jenkins - C</t>
   </si>
   <si>
     <t>#75 Robert Alderman - RDE</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 40 (12:42) 26-Jared Spurgeon ran to HOU 50 for 10 yards. Tackle by 43-Brian Fonseca.</t>
   </si>
   <si>
     <t>#10 Raymond Ringo - QB</t>
   </si>
   <si>
-    <t>#42 Jared Spurgeon - RB</t>
+    <t>#42 Jared Spurgeon - FB</t>
   </si>
   <si>
     <t>#24 Robert Digregorio - FB</t>
   </si>
   <si>
     <t>#87 Robert Ford - TE</t>
   </si>
   <si>
     <t>#81 Charles Stukes - WR</t>
   </si>
   <si>
     <t>#12 Michael McLean - WR</t>
   </si>
   <si>
     <t>#63 Calvin King - LT</t>
   </si>
   <si>
     <t>#57 Antonio Godwin - LT</t>
   </si>
   <si>
     <t>#59 Rene McFarland - C</t>
   </si>
   <si>
     <t>#67 Jacob Pascua - RG</t>
   </si>
   <si>
     <t>#60 Hiram Rhoades - LT</t>
   </si>
   <si>
     <t>#72 David Gualtieri - LDE</t>
   </si>
   <si>
     <t>#93 Douglas Elwell - DT</t>
   </si>
   <si>
-    <t>#51 Scott Rodriguez - RDE</t>
+    <t>#76 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>#36 Joseph Main - SS</t>
   </si>
   <si>
     <t>#23 Ramon Bingham - SS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-1-HOU 50 (11:58) 10-Raymond Ringo pass complete to 26-Jared Spurgeon to NDI 46 for 5 yards. Tackle by 96-Joe Crosby.</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
@@ -1271,51 +1271,51 @@
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>HOU 24</t>
   </si>
   <si>
     <t>2-7-HOU 24 (0:29) 26-Jared Spurgeon ran to HOU 28 for 4 yards. Tackle by 59-Ronald Allen.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 13-John Davis kicks 60 yards from NDI 35 to HOU 5. 33-Tad Washington to HOU 32 for 27 yards. Tackle by 66-Dennis Roberson. 47-Charley McWilliams was completely beat on that play.</t>
   </si>
   <si>
     <t>HOU 32</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-HOU 32 (14:56) 11-David McClung pass incomplete, intended for 25-Michael Frazee.</t>
   </si>
   <si>
-    <t>#18 David McClung - QB</t>
+    <t>#19 David McClung - QB</t>
   </si>
   <si>
     <t>#54 Patrick Castillo - RG</t>
   </si>
   <si>
     <t>#64 Matthew Jones - DT</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>2-10-HOU 32 (14:55) 33-Tad Washington ran to HOU 34 for 2 yards. Tackle by 37-William Fuller.</t>
   </si>
   <si>
     <t>#60 Robert Flores - LG</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>3-8-HOU 34 (14:17) 33-Tad Washington ran to HOU 35 for 1 yards. Tackle by 58-Walter Poling. 54-Patrick Castillo completely missed his blocking assignment.</t>
   </si>
@@ -1415,51 +1415,51 @@
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>3-4-NDI 39 (8:09) 11-David McClung pass incomplete, intended for 82-Antonio Salls. Pressure by 57-Pablo Wilson.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>4-4-NDI 39 (8:06) 1-Percy McKinney punts 36 yards to NDI 3.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>NDI 3</t>
   </si>
   <si>
     <t>1-10-NDI 3 (7:56) 38-Oliver Gonzales ran to NDI 4 for 1 yards. Tackle by 94-Matthew Dole.</t>
   </si>
   <si>
-    <t>#88 Charles Goins - WR</t>
+    <t>#12 Charles Goins - WR</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>2-9-NDI 4 (7:16) 38-Oliver Gonzales ran for -5 yards. Tackle by 47-Charley McWilliams. SAFETY! (47-Charley McWilliams) HOU 19 NDI 10</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>(7:14) 13-John Davis kicks 69 yards from NDI 20 to HOU 11. 33-Tad Washington to HOU 39 for 29 yards. Tackle by 82-Raul Hughes.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>HOU 39</t>
   </si>