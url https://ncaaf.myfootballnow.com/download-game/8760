--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -389,51 +389,51 @@
   <si>
     <t>#57 Richard Harrison - RT</t>
   </si>
   <si>
     <t>#93 Angel Cagle - LDE</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
   <si>
     <t>#53 Anthony Healey - LDE</t>
   </si>
   <si>
     <t>#51 Nelson Elkins - SLB</t>
   </si>
   <si>
     <t>#93 Michael Tillman - WLB</t>
   </si>
   <si>
     <t>#93 John Cloninger - MLB</t>
   </si>
   <si>
-    <t>#45 Rafael Prichard - CB</t>
+    <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
     <t>#38 John Melton - CB</t>
   </si>
   <si>
     <t>#33 Lawrence McLaughlin - SS</t>
   </si>
   <si>
     <t>#27 John Thiele - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>IWA 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-IWA 27 (14:22) 36-Jonathan Frederick ran to IWA 25 for -1 yards. Tackle by 64-Steven Gould. USC 64-Steven Gould was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>3-8-IWA 47 (11:48) 17-Charles Holloway pass complete to 24-Maurice Saenz to USC 43 for 10 yards. Tackle by 33-Lawrence McLaughlin.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>USC 43</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-USC 43 (11:13) PENALTY - False Start (IWA 70-Douglas Turnipseed)</t>
   </si>
   <si>
     <t>#19 Herman Allen - WR</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
+    <t>#62 Blake Lorenz - RDE</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>USC 48</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-15-USC 48 (11:13) 42-Kenneth Lawrence ran to IWA 49 for -3 yards. Tackle by 69-Jimmie Bennett. 78-Paul Rosato missed that block completely.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>IWA 49</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>2-18-IWA 49 (10:36) 17-Charles Holloway pass complete to 12-Bill Durham to USC 47 for 4 yards. Tackle by 31-Rafael Prichard.</t>
   </si>