--- v1 (2025-12-25)
+++ v2 (2026-03-25)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Joseph Wheatley kicks 67 yards from USC 35 to IWA -2. 42-Kenneth Lawrence to IWA 17 for 19 yards. Tackle by 35-Larry Seng.</t>
   </si>
   <si>
     <t>#38 Kenneth Lawrence - RB</t>
   </si>
   <si>
     <t>#34 Chang Mohr - SS</t>
   </si>
   <si>
     <t>#44 Robert Bandy - CB</t>
   </si>
   <si>
     <t>#90 Eric Martin - WLB</t>
   </si>
   <si>
     <t>#65 William Ellis - LDE</t>
   </si>
   <si>
     <t>#23 Edward Bark - FS</t>
   </si>
   <si>
-    <t>#92 Louis Christensen - RDE</t>
+    <t>#63 Louis Christensen - RDE</t>
   </si>
   <si>
     <t>#57 Bruce Torres - MLB</t>
   </si>
   <si>
     <t>#95 Ronald Conner - WLB</t>
   </si>
   <si>
     <t>#45 Douglas Harvey - CB</t>
   </si>
   <si>
     <t>#90 Thomas Pineda - RDE</t>
   </si>
   <si>
     <t>#11 Joseph Wheatley - K</t>
   </si>
   <si>
     <t>IWA</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>IWA 17</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#17 Charles Holloway - QB</t>
   </si>
   <si>
     <t>#36 Jonathan Frederick - RB</t>
   </si>
   <si>
     <t>#24 Maurice Saenz - FB</t>
   </si>
   <si>
     <t>#83 Harold Jackson - TE</t>
   </si>
   <si>
     <t>#13 Douglas Cave - WR</t>
   </si>
   <si>
     <t>#17 Bill Durham - WR</t>
   </si>
   <si>
     <t>#68 Edward Cotter - LT</t>
   </si>
   <si>
     <t>#70 Douglas Turnipseed - LG</t>
   </si>
   <si>
-    <t>#78 Paul Rosato - C</t>
+    <t>#70 Paul Rosato - C</t>
   </si>
   <si>
     <t>#75 George Fenstermacher - RG</t>
   </si>
   <si>
     <t>#57 Richard Harrison - RT</t>
   </si>
   <si>
     <t>#93 Angel Cagle - LDE</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
   <si>
     <t>#53 Anthony Healey - LDE</t>
   </si>
   <si>
     <t>#51 Nelson Elkins - SLB</t>
   </si>
   <si>
     <t>#93 Michael Tillman - WLB</t>
   </si>