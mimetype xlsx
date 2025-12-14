--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -335,54 +335,54 @@
   <si>
     <t>#7 Michael Vargas - SS</t>
   </si>
   <si>
     <t>#16 Rene Thames - K</t>
   </si>
   <si>
     <t>Syr</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 37-Clyde Honeycutt ran to Syr 28 for 3 yards. Tackle by 54-Harold Renteria. UCL 36-Samuel Westfall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 Johnson Woodruff - QB</t>
   </si>
   <si>
-    <t>#88 Jerry Hughes - TE</t>
-[...2 lines deleted...]
-    <t>#88 Ronnie Watson - WR</t>
+    <t>#85 Jerry Hughes - TE</t>
+  </si>
+  <si>
+    <t>#87 Ronnie Watson - WR</t>
   </si>
   <si>
     <t>#87 Paul Higgins - WR</t>
   </si>
   <si>
     <t>#16 Armando Creighton - WR</t>
   </si>
   <si>
     <t>#79 Robert Teston - LT</t>
   </si>
   <si>
     <t>#61 Dale Hollander - LG</t>
   </si>
   <si>
     <t>#78 Jeff Snow - C</t>
   </si>
   <si>
     <t>#72 Eduardo Johnson - LG</t>
   </si>
   <si>
     <t>#67 Isaac Moore - RT</t>
   </si>
   <si>
     <t>#79 Charles Delreal - RDE</t>
   </si>