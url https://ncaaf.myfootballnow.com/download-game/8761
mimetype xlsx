--- v1 (2025-12-14)
+++ v2 (2026-01-13)
@@ -659,51 +659,51 @@
   <si>
     <t>3-10-UCL 19 (10:23) 1-Ryan Donnelly pass complete to 23-Joshua Perry to UCL 24 for 6 yards. Tackle by 99-Clarence Macgregor.</t>
   </si>
   <si>
     <t>#99 Clarence Macgregor - SLB</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>UCL 24</t>
   </si>
   <si>
     <t>4-5-UCL 24 (9:40) 5-Joseph Aviles punts 45 yards to Syr 31. 16-Armando Creighton to Syr 36 for 5 yards. Tackle by 28-Joseph Marquez.</t>
   </si>
   <si>
     <t>#5 Joseph Aviles - P</t>
   </si>
   <si>
     <t>#57 Justin Wilkins - C</t>
   </si>
   <si>
     <t>#59 Oliver Polanco - C</t>
   </si>
   <si>
-    <t>#91 James McDonald - SLB</t>
+    <t>#51 James McDonald - SLB</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>Syr 36</t>
   </si>
   <si>
     <t>1-10-Syr 36 (9:32) 37-Clyde Honeycutt ran to Syr 37 for 2 yards. Tackle by 54-Harold Renteria.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>Syr 37</t>
   </si>
   <si>
     <t>2-8-Syr 37 (8:52) 14-Johnson Woodruff pass Pass knocked down by 96-David Addington. incomplete, intended for 88-Jerry Hughes.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>