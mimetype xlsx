--- v2 (2026-01-13)
+++ v3 (2026-03-14)
@@ -305,51 +305,51 @@
   <si>
     <t>#37 Clyde Honeycutt - RB</t>
   </si>
   <si>
     <t>#94 Kevin Russo - WLB</t>
   </si>
   <si>
     <t>#98 Jim Gatton - MLB</t>
   </si>
   <si>
     <t>#90 Carroll Chauvin - DT</t>
   </si>
   <si>
     <t>#29 Corey Clayton - FS</t>
   </si>
   <si>
     <t>#92 Travis Johnson - DT</t>
   </si>
   <si>
     <t>#28 Manuel Wooster - FS</t>
   </si>
   <si>
     <t>#40 Dean Berggren - CB</t>
   </si>
   <si>
-    <t>#95 Nicholas Phillips - MLB</t>
+    <t>#2 Nicholas Phillips - SLB</t>
   </si>
   <si>
     <t>#47 Floyd Oconnor - CB</t>
   </si>
   <si>
     <t>#7 Michael Vargas - SS</t>
   </si>
   <si>
     <t>#16 Rene Thames - K</t>
   </si>
   <si>
     <t>Syr</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 37-Clyde Honeycutt ran to Syr 28 for 3 yards. Tackle by 54-Harold Renteria. UCL 36-Samuel Westfall was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -476,63 +476,63 @@
   <si>
     <t>Syr 42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-15-Syr 42 (13:07) 14-Johnson Woodruff pass complete to 87-Paul Higgins to UCL 45 for 14 yards. Tackle by 54-Harold Renteria. Syr 87-Paul Higgins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>UCL 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-UCL 45 (12:25) 2-Roger Brammer punts 38 yards to UCL 6.</t>
   </si>
   <si>
-    <t>#6 Roger Brammer - P</t>
+    <t>#9 Roger Brammer - P</t>
   </si>
   <si>
     <t>#70 Darren Alexander - C</t>
   </si>
   <si>
     <t>#84 Eric Brunner - WR</t>
   </si>
   <si>
     <t>#94 John Hannan - DT</t>
   </si>
   <si>
-    <t>#86 Scott Gaona - FB</t>
+    <t>#23 Scott Gaona - FB</t>
   </si>
   <si>
     <t>#59 Robert Ritter - RG</t>
   </si>
   <si>
     <t>#71 Antonio Archer - RT</t>
   </si>
   <si>
     <t>#97 Eric Moore - SLB</t>
   </si>
   <si>
     <t>#92 Leslie Toy - DT</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>UCL 6</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-UCL 6 (12:19) PENALTY - False Start (UCL 60-Steve Hill)</t>
   </si>
@@ -1331,84 +1331,84 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-Syr 25 (0:49) 37-Clyde Honeycutt ran to Syr 34 for 9 yards. Tackle by 28-Joseph Marquez. UCL 39-Terrance Jasso was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>Syr 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-1-Syr 34 (0:04) 27-Michael Molina ran to Syr 40 for 6 yards. Tackle by 29-Greg Glenn.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 12-Marlin Lancaster kicks 74 yards from Syr 35 to UCL -9. Touchback.</t>
   </si>
   <si>
-    <t>#64 Eric Flores - RDE</t>
+    <t>#90 Eric Flores - RDE</t>
   </si>
   <si>
     <t>UCL 25</t>
   </si>
   <si>
     <t>1-10-UCL 25 (15:00) PENALTY - False Start (UCL 89-James Black)</t>
   </si>
   <si>
     <t>#11 Doyle Ballard - QB</t>
   </si>
   <si>
     <t>#26 Daniel Voight - TE</t>
   </si>
   <si>
     <t>#74 Kyle Payne - RG</t>
   </si>
   <si>
     <t>UCL 20</t>
   </si>
   <si>
     <t>1-15-UCL 20 (15:00) 11-Doyle Ballard pass INTERCEPTED by 98-Jim Gatton at UCL 30. 98-Jim Gatton to UCL 31 for -0 yards. Tackle by 85-William Hust.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>1-10-UCL 31 (14:58) 15-James Pritchard pass complete to 87-Paul Higgins to UCL 29 for 2 yards. Tackle by 93-Mitchell Crawford.</t>
   </si>
   <si>
     <t>#2 James Pritchard - QB</t>
   </si>
   <si>
-    <t>#50 Manuel Millet - LG</t>
+    <t>#66 Manuel Millet - LG</t>
   </si>
   <si>
     <t>#52 Augustine Alcorn - SLB</t>
   </si>
   <si>
     <t>#98 Mitchell Crawford - MLB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>2-8-UCL 29 (14:20) 27-Michael Molina ran to UCL 21 for 8 yards. Tackle by 94-John Hannan.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>UCL 21</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -2300,65 +2300,65 @@
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">