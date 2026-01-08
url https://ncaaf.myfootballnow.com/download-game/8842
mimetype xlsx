--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -386,51 +386,51 @@
   <si>
     <t>#72 John Ortega - RT</t>
   </si>
   <si>
     <t>#74 Charles Barnes - RDE</t>
   </si>
   <si>
     <t>#41 John Centeno - FS</t>
   </si>
   <si>
     <t>#73 Richard Wayne - LDE</t>
   </si>
   <si>
     <t>#91 Rodney Dangerfield - WLB</t>
   </si>
   <si>
     <t>#56 Nathaniel Morrison - RDE</t>
   </si>
   <si>
     <t>#94 Jerry Gusman - SLB</t>
   </si>
   <si>
     <t>#93 Edward Siemens - MLB</t>
   </si>
   <si>
-    <t>#56 William Holmes - WLB</t>
+    <t>#58 William Holmes - WLB</t>
   </si>
   <si>
     <t>#43 Stevie  Martin - CB</t>
   </si>
   <si>
     <t>#33 Travis Lewis - CB</t>
   </si>
   <si>
     <t>#20 Eddie Murphy - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>VAN 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-VAN 23 (14:24) 2-Chase Hunnicutt pass complete to 25-Howard Ladd to VAN 24 for 1 yards. Tackle by 43-Stevie  Martin.</t>
   </si>
@@ -524,93 +524,93 @@
   <si>
     <t>#18 Christian Mayhew - P</t>
   </si>
   <si>
     <t>#83 Grant Moore - WR</t>
   </si>
   <si>
     <t>#22 Joseph Simmons - CB</t>
   </si>
   <si>
     <t>#44 Michael Young - CB</t>
   </si>
   <si>
     <t>#10 Tom Forrest - WR</t>
   </si>
   <si>
     <t>#86 Jason Harvey - TE</t>
   </si>
   <si>
     <t>#94 John Menard - RDE</t>
   </si>
   <si>
     <t>#59 Richard Hughes - MLB</t>
   </si>
   <si>
-    <t>#58 Douglas Peters - WLB</t>
+    <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>GaT 12</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-GaT 12 (10:58) 33-Richard Pryor ran to GaT 18 for 7 yards. Tackle by 33-Robert Plum.</t>
   </si>
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#33 Richard Pryor - RB</t>
   </si>
   <si>
-    <t>#82 Michael McIntyre - WR</t>
+    <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
     <t>#79 James Wood - C</t>
   </si>
   <si>
     <t>#65 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
-    <t>#63 Eric Inglis - DT</t>
+    <t>#58 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#33 Robert Plum - CB</t>
   </si>
   <si>
     <t>#42 Chase Lang - SS</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>GaT 18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-3-GaT 18 (10:19) 1-Duane Hartz pass Pass knocked down by 24-Marcus Steadman. incomplete, intended for 33-Richard Pryor.</t>
   </si>
   <si>
     <t>#32 Kevin James - FB</t>
   </si>