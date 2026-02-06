--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -560,51 +560,51 @@
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-GaT 12 (10:58) 33-Richard Pryor ran to GaT 18 for 7 yards. Tackle by 33-Robert Plum.</t>
   </si>
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#33 Richard Pryor - RB</t>
   </si>
   <si>
     <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
     <t>#79 James Wood - C</t>
   </si>
   <si>
-    <t>#65 Gregory Dellinger - RG</t>
+    <t>#71 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#58 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#33 Robert Plum - CB</t>
   </si>
   <si>
     <t>#42 Chase Lang - SS</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>GaT 18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1052,51 +1052,51 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-20-VAN 15 (6:49) 2-Chase Hunnicutt pass Pass knocked down by 43-Stevie  Martin. incomplete, intended for 17-Ronald Lane.</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>3-20-VAN 15 (6:46) 46-Robert Crawford ran to VAN 16 for a short gain. Tackle by 93-Edward Siemens. GaT 41-John Centeno was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>4-19-VAN 16 (6:01) 18-Christian Mayhew punts 52 yards to GaT 32.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>1-10-GaT 32 (5:52) 33-Richard Pryor ran to GaT 42 for 10 yards. Tackle by 39-Shelby Olivares.</t>
   </si>
   <si>
-    <t>#97 Ralph Vaughan - DT</t>
+    <t>#56 Ralph Vaughan - DT</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>GaT 42</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-1-GaT 42 (5:06) 33-Richard Pryor ran to GaT 44 for 2 yards. Tackle by 63-Eric Inglis.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>GaT 44</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>