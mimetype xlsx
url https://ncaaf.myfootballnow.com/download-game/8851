--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -1421,51 +1421,51 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PSt 45 (11:21) 40-Jack Coles ran to PSt 46 for a short loss. Tackle by 73-Edward Cates. PUR 40-Jack Coles was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>PSt 46</t>
   </si>
   <si>
     <t>2-10-PSt 46 (10:49) 13-Eric Becker pass Pass knocked down by 35-David Meadows. incomplete, intended for 89-Alexander Crist. PUR 77-Dave Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-10-PSt 46 (10:44) 28-John Fryer ran to PSt 34 for 11 yards. Tackle by 32-Charles Potter.</t>
   </si>
   <si>
-    <t>#58 Jeffrey Place - RG</t>
+    <t>#60 Jeffrey Place - RG</t>
   </si>
   <si>
     <t>10:11</t>
   </si>
   <si>
     <t>PSt 34</t>
   </si>
   <si>
     <t>1-10-PSt 34 (10:10) 30-Robert Robbins ran to PSt 29 for 5 yards. Tackle by 31-Mike Shepherd. PUR 33-Kenneth Brannon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>PSt 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-5-PSt 29 (9:33) 28-John Fryer ran to PSt 10 for 20 yards. Tackle by 43-Benjamin Cunningham.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>