--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -290,51 +290,51 @@
   <si>
     <t>PUR</t>
   </si>
   <si>
     <t>PUR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Noah Ku kicks 65 yards from PUR 35 to PSt 0. 26-Richard Brim to PSt 22 for 23 yards. Tackle by 35-Nathaniel Middleton.</t>
   </si>
   <si>
     <t>#26 Richard Brim - FS</t>
   </si>
   <si>
     <t>#89 Robert Quisenberry - WR</t>
   </si>
   <si>
     <t>#35 David Meadows - CB</t>
   </si>
   <si>
-    <t>#78 Ernest Lindsay - DT</t>
+    <t>#95 Ernest Lindsay - DT</t>
   </si>
   <si>
     <t>#90 David Domingue - WLB</t>
   </si>
   <si>
     <t>#43 Benjamin Cunningham - SS</t>
   </si>
   <si>
     <t>#31 Mike Shepherd - SS</t>
   </si>
   <si>
     <t>#65 Ernest Stephenson - DT</t>
   </si>
   <si>
     <t>#53 Patrick Roth - MLB</t>
   </si>
   <si>
     <t>#56 Robert Bush - RDE</t>
   </si>
   <si>
     <t>#91 Charles Erickson - DT</t>
   </si>
   <si>
     <t>#7 Noah Ku - K</t>
   </si>