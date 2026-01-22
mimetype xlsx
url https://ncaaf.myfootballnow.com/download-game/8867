--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NDI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LSU</t>
   </si>
   <si>
     <t>LSU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Rick Golding kicks 74 yards from LSU 35 to NDI -9. Touchback.</t>
   </si>
   <si>
     <t>#31 Michael Dowell - RB</t>
   </si>
   <si>
-    <t>#32 Ricardo Aybar - SS</t>
+    <t>#42 Ricardo Aybar - SS</t>
   </si>
   <si>
     <t>#94 Kevin Corona - SLB</t>
   </si>
   <si>
     <t>#20 Enrique Daly - CB</t>
   </si>
   <si>
     <t>#48 James Martini - FS</t>
   </si>
   <si>
     <t>#59 Ronald Allen - MLB</t>
   </si>
   <si>
     <t>#96 Joe Crosby - MLB</t>
   </si>
   <si>
     <t>#43 Brian Fonseca - FS</t>
   </si>
   <si>
     <t>#94 Dennis Roberson - DT</t>
   </si>
   <si>
     <t>#28 Carlos Armstrong - CB</t>
   </si>
@@ -341,78 +341,78 @@
   <si>
     <t>NDI</t>
   </si>
   <si>
     <t>NDI 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NDI 25 (15:00) PENALTY - False Start (NDI 64-Calvin Dickinson)</t>
   </si>
   <si>
     <t>#12 Bill Mann - QB</t>
   </si>
   <si>
     <t>#45 Oscar Holbert - RB</t>
   </si>
   <si>
     <t>#14 Samuel Conner - WR</t>
   </si>
   <si>
-    <t>#82 Raul Hughes - WR</t>
+    <t>#89 Raul Hughes - WR</t>
   </si>
   <si>
     <t>#15 Steven Menzel - WR</t>
   </si>
   <si>
     <t>#77 Eric Sheets - LT</t>
   </si>
   <si>
     <t>#76 Everett Cole - LG</t>
   </si>
   <si>
     <t>#62 Francisco Gonzalez - C</t>
   </si>
   <si>
     <t>#64 Calvin Dickinson - RG</t>
   </si>
   <si>
     <t>#63 Joseph Carter - RT</t>
   </si>
   <si>
     <t>#79 Edward Piggott - RDE</t>
   </si>
   <si>
     <t>#95 Wayne Jenkins - DT</t>
   </si>
   <si>
-    <t>#93 Jay Arrington - DT</t>
+    <t>#67 Jay Arrington - DT</t>
   </si>
   <si>
     <t>#98 James Peterson - LDE</t>
   </si>
   <si>
     <t>#58 Samuel Leber - MLB</t>
   </si>
   <si>
     <t>#55 Lyle Kirby - WLB</t>
   </si>
   <si>
     <t>#20 James Johnson - CB</t>
   </si>
   <si>
     <t>#30 Thomas Brown - CB</t>
   </si>
   <si>
     <t>#39 Anthony Geary - CB</t>
   </si>
   <si>
     <t>#23 Tony Punch - SS</t>
   </si>
   <si>
     <t>#28 Lawrence Paxton - FS</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NDI 35 (13:06) 5-Cory Robinson punts 46 yards to LSU 19. Fair Catch by 22-David Clark.</t>
   </si>
   <si>
     <t>#5 Cory Robinson - P</t>
   </si>
   <si>
     <t>#41 David Clark - RB</t>
   </si>
   <si>
     <t>#99 Dewitt Woodard - MLB</t>
   </si>
   <si>
     <t>#53 William Peckham - LT</t>
   </si>
   <si>
     <t>#71 John Brent - RT</t>
   </si>
   <si>
-    <t>#77 Horace Jackson - LT</t>
+    <t>#50 Horace Jackson - LT</t>
   </si>
   <si>
     <t>#93 Rodney Viera - MLB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>LSU 19</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-LSU 19 (13:00) 10-Robert Barrett pass complete to 11-Edwin Garvey to LSU 24 for 5 yards. Tackle by 43-Brian Fonseca.</t>
   </si>
   <si>
     <t>#10 Robert Barrett - QB</t>
   </si>
   <si>
     <t>#32 Chris Marshall - RB</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-NDI 49 (5:11) 10-Robert Barrett pass complete to 85-Otto Credle for 49 yards. TOUCHDOWN! NDI 0 LSU 6</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>NDI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:04) Extra point GOOD by 7-Rick Golding. NDI 0 LSU 7</t>
   </si>
   <si>
-    <t>#61 William Clow - RG</t>
+    <t>#62 William Clow - RG</t>
   </si>
   <si>
     <t>#54 Ryan Manzo - RT</t>
   </si>
   <si>
     <t>#96 James Florian - SLB</t>
   </si>
   <si>
     <t>#71 Pablo Wilson - RDE</t>
   </si>
   <si>
     <t>(5:04) 7-Rick Golding kicks 75 yards from LSU 35 to NDI -10. 14-Samuel Conner to NDI 27 for 37 yards. Tackle by 23-Tony Punch.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>NDI 27</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>