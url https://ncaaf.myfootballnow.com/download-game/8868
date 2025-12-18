--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Adam Nunez kicks 71 yards from TEX 35 to ARK -6. 40-Paul Cox to ARK 13 for 20 yards. Tackle by 29-John Runyon.</t>
   </si>
   <si>
     <t>#40 Paul Cox - RB</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#59 David Rao - MLB</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
-    <t>#22 Leonard Gerken - FS</t>
+    <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#99 Charles Jimenez - SLB</t>
   </si>
   <si>
     <t>#56 William Bowman - RDE</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#63 Justin Rivers - DT</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>#9 Adam Nunez - K</t>
   </si>
   <si>
     <t>ARK</t>
   </si>
   <si>
     <t>14:56</t>
   </si>