--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -290,51 +290,51 @@
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Adam Nunez kicks 71 yards from TEX 35 to ARK -6. 40-Paul Cox to ARK 13 for 20 yards. Tackle by 29-John Runyon.</t>
   </si>
   <si>
     <t>#40 Paul Cox - RB</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
-    <t>#59 David Rao - MLB</t>
+    <t>#53 David Rao - MLB</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
     <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#99 Charles Jimenez - SLB</t>
   </si>
   <si>
     <t>#56 William Bowman - RDE</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#63 Justin Rivers - DT</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>#9 Adam Nunez - K</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#60 Kurtis Drummond - C</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
     <t>#77 Anthony Lawton - RT</t>
   </si>
   <si>
     <t>#94 Steven Kellogg - LDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brassard - DT</t>
   </si>
   <si>
     <t>#71 Jason Gonzales - DT</t>
   </si>
   <si>
     <t>#75 Scott Pinto - RDE</t>
   </si>
   <si>
     <t>#97 Leonard Briley - MLB</t>
   </si>
   <si>
-    <t>#91 Erick Roach - WLB</t>
+    <t>#56 Erick Roach - WLB</t>
   </si>
   <si>
     <t>#43 Richard Poindexter - CB</t>
   </si>
   <si>
     <t>#40 Allen Mata - CB</t>
   </si>
   <si>
     <t>#42 Craig Knight - CB</t>
   </si>
   <si>
     <t>#36 Gilbert Weiss - SS</t>
   </si>
   <si>
     <t>#23 John Runyon - FS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#3 Daniel Stephens - QB</t>
   </si>
   <si>
     <t>#39 Freeman Wilmes - RB</t>
   </si>
   <si>
     <t>#86 Shawn Schwab - TE</t>
   </si>
   <si>
     <t>#12 Jaime Tomlinson - WR</t>
   </si>
   <si>
     <t>#15 Chad Houchins - WR</t>
   </si>
   <si>
     <t>#17 Vernon Scarberry - WR</t>
   </si>
   <si>
     <t>#77 Robert Goff - LT</t>
   </si>
   <si>
     <t>#60 Ryan Armwood - LG</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>#79 Gerald Havens - RG</t>
   </si>
   <si>
     <t>#64 Christopher Felipe - RT</t>
   </si>
   <si>
     <t>#34 Kevin Bradshaw - CB</t>
   </si>
   <si>
     <t>#24 Juan Moran - CB</t>
   </si>
   <si>
     <t>#39 Vincent Green - FS</t>
   </si>
   <si>
     <t>13:16</t>
   </si>
   <si>
     <t>TEX 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TEX 20 (8:43) 6-Jules Garner pass complete to 24-Travis Reese to TEX 0 for 19 yards. Tackle by 95-Erick Roach.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>TEX 0</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-1-TEX 0 (7:53) 6-Jules Garner pass complete to 18-Gary Richards for 0 yards. TOUCHDOWN! ARK 13 TEX 7</t>
   </si>
   <si>
-    <t>#37 William Dawson - CB</t>
+    <t>#28 William Dawson - CB</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>(7:51) Extra point GOOD by 17-Javier Lichtenstein. ARK 14 TEX 7</t>
   </si>
   <si>
     <t>(7:51) 17-Javier Lichtenstein kicks 75 yards from ARK 35 to TEX -10. 83-Michael Thomas to TEX 30 for 40 yards. Tackle by 17-Javier Lichtenstein.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-TEX 30 (7:45) 39-Freeman Wilmes ran to TEX 35 for 6 yards. Tackle by 65-Kyle Dunagan. ARK 34-Kevin Bradshaw was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>