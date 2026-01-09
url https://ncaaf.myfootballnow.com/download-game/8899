--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -371,51 +371,51 @@
   <si>
     <t>#57 Sam Kennedy - LG</t>
   </si>
   <si>
     <t>#66 Steve Peet - C</t>
   </si>
   <si>
     <t>#56 Christopher Brescia - RT</t>
   </si>
   <si>
     <t>#63 Steven Perry - RT</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
     <t>#58 Joseph Harrison - LDE</t>
   </si>
   <si>
     <t>#71 Jimmy Callen - DT</t>
   </si>
   <si>
     <t>#95 Joel Pak - DT</t>
   </si>
   <si>
-    <t>#66 Richard Kennedy - RDE</t>
+    <t>#93 Richard Kennedy - RDE</t>
   </si>
   <si>
     <t>#93 David Anderson - SLB</t>
   </si>
   <si>
     <t>#92 Richard Buckle - MLB</t>
   </si>
   <si>
     <t>#59 Brandon Blow - WLB</t>
   </si>
   <si>
     <t>#27 Glenn Judge - CB</t>
   </si>
   <si>
     <t>#38 Joe Williams - SS</t>
   </si>
   <si>
     <t>#42 Larry Lopez - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>USC 28</t>
   </si>
@@ -491,81 +491,81 @@
   <si>
     <t>ALA 25</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-ALA 25 (12:42) 47-Glenn Diaz ran to ALA 28 for 3 yards. Tackle by 90-John Cloninger.</t>
   </si>
   <si>
     <t>#10 Joseph Hale - QB</t>
   </si>
   <si>
     <t>#25 James Reed - FB</t>
   </si>
   <si>
     <t>#88 John Hardesty - TE</t>
   </si>
   <si>
     <t>#86 Donald Garrett - WR</t>
   </si>
   <si>
-    <t>#14 Gilbert Swanigan - WR</t>
+    <t>#19 Gilbert Swanigan - WR</t>
   </si>
   <si>
     <t>#58 Jarrod Rico - LT</t>
   </si>
   <si>
     <t>#53 Bruce Hudson - LG</t>
   </si>
   <si>
     <t>#67 Patrick Terry - LT</t>
   </si>
   <si>
     <t>#76 Justin Graf - RT</t>
   </si>
   <si>
     <t>#60 Joseph Rogers - RT</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#51 Nelson Elkins - SLB</t>
   </si>
   <si>
     <t>#91 Ronald Gillette - MLB</t>
   </si>
   <si>
     <t>#53 Antonio Stevenson - SLB</t>
   </si>
   <si>
-    <t>#45 Rafael Prichard - CB</t>
+    <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
     <t>#28 David Eichhorn - SS</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>ALA 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-7-ALA 28 (11:59) 47-Glenn Diaz ran to ALA 30 for 3 yards. Tackle by 58-Steven Olaughlin.</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>USC 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:20) Extra point GOOD by 5-Austin Flemming. ALA 7 USC 0</t>
   </si>
   <si>
     <t>#62 Robert Brown - LT</t>
   </si>
   <si>
     <t>#65 Christopher Johnson - LT</t>
   </si>
   <si>
     <t>#51 Leo Salinas - RG</t>
   </si>
   <si>
     <t>#93 Angel Cagle - LDE</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
+    <t>#62 Blake Lorenz - RDE</t>
   </si>
   <si>
     <t>(4:20) 5-Austin Flemming kicks 63 yards from ALA 35 to USC 2. 39-Joshua Beardsley to USC 24 for 23 yards. Tackle by 38-Joe Williams.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>USC 24</t>
   </si>
   <si>
     <t>1-10-USC 24 (4:17) 46-Roy Richard ran to USC 26 for 2 yards. Tackle by 42-Larry Lopez.</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>USC 26</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>