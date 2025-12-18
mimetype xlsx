--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1142,51 +1142,51 @@
   <si>
     <t>#39 David Cox - SS</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>IWA 42</t>
   </si>
   <si>
     <t>2-9-IWA 42 (6:28) 17-Charles Holloway ran to IWA 48 for 6 yards. Tackle by 52-Leonard Briley.</t>
   </si>
   <si>
     <t>#37 William Dawson - CB</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>IWA 48</t>
   </si>
   <si>
     <t>3-2-IWA 48 (5:51) 36-Jonathan Frederick ran to IWA 45 for -3 yards. Tackle by 97-Joseph Ward.</t>
   </si>
   <si>
-    <t>#96 Thomas Price - SLB</t>
+    <t>#91 Thomas Price - SLB</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>IWA 45</t>
   </si>
   <si>
     <t>4-5-IWA 45 (5:09) 11-Ron Buckner punts 32 yards to TEX 23. IWA 33-Edward Bark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>TEX 23</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TEX 23 (5:00) 3-Daniel Stephens pass complete to 87-Chad Houchins to TEX 32 for 9 yards. Tackle by 46-Ralph Alberts.</t>
   </si>
   <si>
     <t>#45 Theodore Bender - SS</t>
   </si>