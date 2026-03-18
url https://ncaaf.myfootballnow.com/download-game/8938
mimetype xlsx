--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -377,51 +377,51 @@
   <si>
     <t>#71 Tracy Fulton - C</t>
   </si>
   <si>
     <t>#75 George Fenstermacher - RG</t>
   </si>
   <si>
     <t>#64 Calvin Sommers - RT</t>
   </si>
   <si>
     <t>#77 Rocky Gomez - LDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brassard - DT</t>
   </si>
   <si>
     <t>#97 Carlos Chase - DT</t>
   </si>
   <si>
     <t>#75 Scott Pinto - RDE</t>
   </si>
   <si>
     <t>#97 Leonard Briley - MLB</t>
   </si>
   <si>
-    <t>#91 Erick Roach - WLB</t>
+    <t>#56 Erick Roach - WLB</t>
   </si>
   <si>
     <t>#43 Richard Poindexter - CB</t>
   </si>
   <si>
     <t>#40 Allen Mata - CB</t>
   </si>
   <si>
     <t>#42 Craig Knight - CB</t>
   </si>
   <si>
     <t>#36 Gilbert Weiss - SS</t>
   </si>
   <si>
     <t>#23 John Runyon - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>IWA 24</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#77 Lee Hummel - LT</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-TEX 40 (12:16) 4-Terry Walker 57 yard field goal is GOOD. IWA 3 TEX 0</t>
   </si>
   <si>
     <t>#84 Bruce Wright - TE</t>
   </si>
   <si>
     <t>#4 Terry Walker - K</t>
   </si>
   <si>
     <t>#72 Steven Abernathy - RG</t>
   </si>
   <si>
-    <t>#78 Paul Rosato - C</t>
+    <t>#70 Paul Rosato - C</t>
   </si>
   <si>
     <t>#72 Stephen Clapp - LDE</t>
   </si>
   <si>
     <t>#71 Jason Gonzales - DT</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>IWA 35</t>
   </si>
   <si>
     <t>(12:12) 4-Terry Walker kicks 74 yards from IWA 35 to TEX -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Michael Thomas - WR</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>#3 Daniel Stephens - QB</t>
   </si>
   <si>
     <t>#22 Carlos Gayle - RB</t>
   </si>
   <si>
     <t>#37 John Hamilton - RB</t>
   </si>
   <si>
     <t>#24 William Chung - FB</t>
   </si>
   <si>
     <t>#86 Shawn Schwab - TE</t>
   </si>
   <si>
     <t>#87 Gerald Sanchez - TE</t>
   </si>
   <si>
     <t>#77 Robert Goff - LT</t>
   </si>
   <si>
     <t>#60 Ryan Armwood - LG</t>
   </si>
   <si>
-    <t>#69 Tyler Wells - C</t>
+    <t>#65 Tyler Wells - C</t>
   </si>
   <si>
     <t>#78 William Nelson - RG</t>
   </si>
   <si>
     <t>#66 John Anderson - RT</t>
   </si>
   <si>
     <t>#94 Jose Martin - RDE</t>
   </si>
   <si>
     <t>#63 Sean Anders - DT</t>
   </si>
   <si>
     <t>#57 Rodney Howell - RDE</t>
   </si>
   <si>
     <t>#58 Roy Flores - SLB</t>
   </si>
   <si>
     <t>#57 Bruce Torres - MLB</t>
   </si>
   <si>
     <t>#22 Herman Ansell - SS</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>TEX 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-TEX 30 (10:37) 14-Jan Gehring punts 45 yards to IWA 25. 42-Kenneth Lawrence to IWA 33 for 8 yards. Tackle by 67-Tyler Wells.</t>
   </si>
   <si>
     <t>#7 Jan Gehring - P</t>
   </si>
   <si>
     <t>#81 Carlos Travis - TE</t>
   </si>
   <si>
     <t>#64 Christopher Felipe - RT</t>
   </si>
   <si>
     <t>#59 William Burton - RG</t>
   </si>
   <si>
-    <t>#92 Louis Christensen - RDE</t>
+    <t>#63 Louis Christensen - RDE</t>
   </si>
   <si>
     <t>#97 Billy Redman - SLB</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>IWA 33</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-IWA 33 (10:29) 17-Charles Holloway pass Pass knocked down by 95-Erick Roach. incomplete, intended for 83-Harold Jackson.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-10-IWA 33 (10:26) 36-Jonathan Frederick ran to IWA 41 for 8 yards. Tackle by 29-John Runyon. IWA 36-Jonathan Frederick was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1130,51 +1130,51 @@
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>1-10-IWA 23 (7:47) 17-Charles Holloway pass complete to 83-Harold Jackson to IWA 40 for 17 yards. Tackle by 29-John Runyon. 58-Barry Sandoval got away with a hold on that play.</t>
   </si>
   <si>
     <t>1-10-IWA 40 (7:10) 17-Charles Holloway pass complete to 36-Jonathan Frederick to IWA 42 for 1 yards. Tackle by 40-Allen Mata.</t>
   </si>
   <si>
     <t>#99 Joseph Ward - WLB</t>
   </si>
   <si>
     <t>#39 David Cox - SS</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>IWA 42</t>
   </si>
   <si>
     <t>2-9-IWA 42 (6:28) 17-Charles Holloway ran to IWA 48 for 6 yards. Tackle by 52-Leonard Briley.</t>
   </si>
   <si>
-    <t>#37 William Dawson - CB</t>
+    <t>#28 William Dawson - CB</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>IWA 48</t>
   </si>
   <si>
     <t>3-2-IWA 48 (5:51) 36-Jonathan Frederick ran to IWA 45 for -3 yards. Tackle by 97-Joseph Ward.</t>
   </si>
   <si>
     <t>#91 Thomas Price - SLB</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>IWA 45</t>
   </si>
   <si>
     <t>4-5-IWA 45 (5:09) 11-Ron Buckner punts 32 yards to TEX 23. IWA 33-Edward Bark was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:59</t>
   </si>