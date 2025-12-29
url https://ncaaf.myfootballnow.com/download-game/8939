--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -308,87 +308,87 @@
   <si>
     <t>#86 Jason Harvey - TE</t>
   </si>
   <si>
     <t>#56 Nathaniel Morrison - RDE</t>
   </si>
   <si>
     <t>#93 Edward Siemens - MLB</t>
   </si>
   <si>
     <t>#44 Michael Young - CB</t>
   </si>
   <si>
     <t>#22 Joseph Simmons - CB</t>
   </si>
   <si>
     <t>#73 Richard Wayne - LDE</t>
   </si>
   <si>
     <t>#91 Rodney Dangerfield - WLB</t>
   </si>
   <si>
     <t>#21 Anthony Patterson - SS</t>
   </si>
   <si>
-    <t>#56 William Holmes - WLB</t>
+    <t>#58 William Holmes - WLB</t>
   </si>
   <si>
     <t>#62 Brian Peak - DT</t>
   </si>
   <si>
     <t>#1 Marvin Allen - K</t>
   </si>
   <si>
     <t>GaT</t>
   </si>
   <si>
     <t>GaT 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-GaT 25 (15:00) 26-John Rodriguez ran to GaT 26 for 1 yards. Tackle by 67-Joshua Ehlert.</t>
   </si>
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#26 John Rodriguez - FB</t>
   </si>
   <si>
     <t>#32 Kevin James - FB</t>
   </si>
   <si>
     <t>#83 Grant Moore - WR</t>
   </si>
   <si>
-    <t>#82 Michael McIntyre - WR</t>
+    <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#67 Mike Laughter - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
     <t>#64 David McElroy - RG</t>
   </si>
   <si>
     <t>#65 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 Jean Johnson - DT</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
@@ -464,51 +464,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-GaT 30 (13:08) 8-Francis Bianchi punts 47 yards to WVU 23. Fair Catch by 81-Donald Uecker.</t>
   </si>
   <si>
     <t>#8 Francis Bianchi - P</t>
   </si>
   <si>
     <t>#79 Jack Benny - RG</t>
   </si>
   <si>
     <t>#81 Donald Uecker - WR</t>
   </si>
   <si>
     <t>#31 Ira Jiminez - CB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>#24 Alexander Montgomery - RB</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#30 Charles Bragdon - SS</t>
   </si>
   <si>
     <t>#76 Charles Triplett - LT</t>
   </si>
   <si>
     <t>#44 Randall Smith - FS</t>
   </si>
   <si>
     <t>#55 Houston Tyson - MLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>WVU 23</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
     <t>#22 Matthew Marshall - RB</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#60 Jason Ingram - C</t>
   </si>
   <si>
-    <t>#63 Keith Nesmith - RG</t>
+    <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#62 Anthony Roberts - LG</t>
   </si>
   <si>
     <t>#68 Jonathan McCallum - DT</t>
   </si>
   <si>
     <t>#94 Jerry Gusman - SLB</t>
   </si>
   <si>
     <t>#43 Stevie  Martin - CB</t>
   </si>
   <si>
     <t>#30 Anthony Vowels - CB</t>
   </si>
   <si>
     <t>#20 Eddie Murphy - SS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>WVU 30</t>
   </si>