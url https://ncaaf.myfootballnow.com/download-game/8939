--- v1 (2025-12-29)
+++ v2 (2026-03-30)
@@ -353,54 +353,54 @@
   <si>
     <t>1-10-GaT 25 (15:00) 26-John Rodriguez ran to GaT 26 for 1 yards. Tackle by 67-Joshua Ehlert.</t>
   </si>
   <si>
     <t>#1 Duane Hartz - QB</t>
   </si>
   <si>
     <t>#26 John Rodriguez - FB</t>
   </si>
   <si>
     <t>#32 Kevin James - FB</t>
   </si>
   <si>
     <t>#83 Grant Moore - WR</t>
   </si>
   <si>
     <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>#67 Mike Laughter - LT</t>
   </si>
   <si>
     <t>#74 Marcellus Fox - LG</t>
   </si>
   <si>
-    <t>#64 David McElroy - RG</t>
-[...2 lines deleted...]
-    <t>#65 Gregory Dellinger - RG</t>
+    <t>#68 David McElroy - RG</t>
+  </si>
+  <si>
+    <t>#71 Gregory Dellinger - RG</t>
   </si>
   <si>
     <t>#60 Victor Driggers - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#69 Jean Johnson - DT</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
   <si>
     <t>#67 Matt Anstett - DT</t>
   </si>
   <si>
     <t>#97 George Kaiser - MLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-GaT 26 (14:26) 1-Duane Hartz pass complete to 32-Kevin James to GaT 30 for 5 yards. Tackle by 39-Jeffrey Olmeda.</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>GaT 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-GaT 30 (13:44) 26-John Rodriguez ran to GaT 30 for a short loss. Tackle by 79-Matt Anstett.</t>
   </si>
   <si>
-    <t>#10 Jose Kraus - WR</t>
+    <t>#86 Jose Kraus - WR</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-GaT 30 (13:08) 8-Francis Bianchi punts 47 yards to WVU 23. Fair Catch by 81-Donald Uecker.</t>
   </si>
   <si>
     <t>#8 Francis Bianchi - P</t>
   </si>
   <si>
     <t>#79 Jack Benny - RG</t>
   </si>
   <si>
     <t>#81 Donald Uecker - WR</t>
   </si>