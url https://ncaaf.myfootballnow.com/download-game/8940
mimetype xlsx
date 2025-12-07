--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -341,51 +341,51 @@
   <si>
     <t>Syr</t>
   </si>
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 14-Johnson Woodruff pass complete to 88-Jerry Hughes to Syr 30 for 5 yards. Tackle by 52-Keneth Tolman.</t>
   </si>
   <si>
     <t>#14 Johnson Woodruff - QB</t>
   </si>
   <si>
     <t>#27 Michael Molina - RB</t>
   </si>
   <si>
     <t>#71 Kevin Wingo - LG</t>
   </si>
   <si>
-    <t>#88 Jerry Hughes - TE</t>
+    <t>#85 Jerry Hughes - TE</t>
   </si>
   <si>
     <t>#88 Ronnie Watson - WR</t>
   </si>
   <si>
     <t>#16 Armando Creighton - WR</t>
   </si>
   <si>
     <t>#79 Robert Teston - LT</t>
   </si>
   <si>
     <t>#61 Dale Hollander - LG</t>
   </si>
   <si>
     <t>#78 Jeff Snow - C</t>
   </si>
   <si>
     <t>#72 Eduardo Johnson - LG</t>
   </si>
   <si>
     <t>#71 Antonio Archer - RT</t>
   </si>
   <si>
     <t>#93 Joseph Raymond - LDE</t>
   </si>