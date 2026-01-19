--- v1 (2025-12-07)
+++ v2 (2026-01-19)
@@ -344,87 +344,87 @@
   <si>
     <t>Syr 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-Syr 25 (15:00) 14-Johnson Woodruff pass complete to 88-Jerry Hughes to Syr 30 for 5 yards. Tackle by 52-Keneth Tolman.</t>
   </si>
   <si>
     <t>#14 Johnson Woodruff - QB</t>
   </si>
   <si>
     <t>#27 Michael Molina - RB</t>
   </si>
   <si>
     <t>#71 Kevin Wingo - LG</t>
   </si>
   <si>
     <t>#85 Jerry Hughes - TE</t>
   </si>
   <si>
-    <t>#88 Ronnie Watson - WR</t>
+    <t>#87 Ronnie Watson - WR</t>
   </si>
   <si>
     <t>#16 Armando Creighton - WR</t>
   </si>
   <si>
     <t>#79 Robert Teston - LT</t>
   </si>
   <si>
     <t>#61 Dale Hollander - LG</t>
   </si>
   <si>
     <t>#78 Jeff Snow - C</t>
   </si>
   <si>
     <t>#72 Eduardo Johnson - LG</t>
   </si>
   <si>
     <t>#71 Antonio Archer - RT</t>
   </si>
   <si>
     <t>#93 Joseph Raymond - LDE</t>
   </si>
   <si>
     <t>#51 Richard Jones - DT</t>
   </si>
   <si>
     <t>#51 Jody Gomez - DT</t>
   </si>
   <si>
     <t>#51 William Westfall - DT</t>
   </si>
   <si>
     <t>#91 Patrick Lain - SLB</t>
   </si>
   <si>
-    <t>#52 Keneth Tolman - MLB</t>
+    <t>#94 Keneth Tolman - MLB</t>
   </si>
   <si>
     <t>#53 Jeffrey Dixon - WLB</t>
   </si>
   <si>
     <t>#46 Ronnie Dial - CB</t>
   </si>
   <si>
     <t>#22 Manuel Morrow - CB</t>
   </si>
   <si>
     <t>#28 Mark Burch - SS</t>
   </si>
   <si>
     <t>#44 Ronald Adams - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>Syr 30</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Deep Corner Post</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#19 Earnest Montgomery - WR</t>
   </si>
   <si>
     <t>#76 Michael Bush - LT</t>
   </si>
   <si>
     <t>#77 Quentin Webb - LG</t>
   </si>
   <si>
     <t>#65 Bryan Thompson - C</t>
   </si>
   <si>
     <t>#55 Mark Mulkey - RG</t>
   </si>
   <si>
     <t>#79 Joe Duncan - RT</t>
   </si>
   <si>
     <t>#62 Floyd Ng - DT</t>
   </si>
   <si>
     <t>#99 Clarence Macgregor - SLB</t>
   </si>
   <si>
-    <t>#91 James McDonald - SLB</t>
+    <t>#51 James McDonald - SLB</t>
   </si>
   <si>
     <t>#49 Jose Sneed - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>VaT 24</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Heavy 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-7-VaT 24 (13:00) 17-Johnnie Ambriz pass Pass knocked down by 92-Travis Johnson. incomplete, intended for 83-Derrick Burchell. Pressure by 62-Floyd Ng.</t>
   </si>
   <si>
     <t>#59 Steven Hale - SLB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>