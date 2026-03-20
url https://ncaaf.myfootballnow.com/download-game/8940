--- v2 (2026-01-19)
+++ v3 (2026-03-20)
@@ -290,51 +290,51 @@
   <si>
     <t>VaT</t>
   </si>
   <si>
     <t>VaT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-James Kidwell kicks 75 yards from VaT 35 to Syr -10. Touchback.</t>
   </si>
   <si>
     <t>#37 Clyde Honeycutt - RB</t>
   </si>
   <si>
     <t>#31 Michael Houle - FS</t>
   </si>
   <si>
     <t>#28 Manuel Wooster - FS</t>
   </si>
   <si>
-    <t>#95 Nicholas Phillips - MLB</t>
+    <t>#2 Nicholas Phillips - SLB</t>
   </si>
   <si>
     <t>#29 Corey Clayton - FS</t>
   </si>
   <si>
     <t>#92 Travis Johnson - DT</t>
   </si>
   <si>
     <t>#47 Floyd Oconnor - CB</t>
   </si>
   <si>
     <t>#40 Dean Berggren - CB</t>
   </si>
   <si>
     <t>#48 Leonardo Newcombe - LDE</t>
   </si>
   <si>
     <t>#94 Kevin Russo - WLB</t>
   </si>
   <si>
     <t>#7 Michael Vargas - SS</t>
   </si>
   <si>
     <t>#9 James Kidwell - K</t>
   </si>
@@ -449,75 +449,75 @@
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>3-5-Syr 30 (14:23) 27-Michael Molina ran to Syr 31 for 1 yards. Tackle by 93-Joseph Raymond.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>Syr 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-Syr 31 (13:47) 2-Roger Brammer punts 47 yards to VaT 22. Fair Catch by 13-Alfredo Kester.</t>
   </si>
   <si>
-    <t>#6 Roger Brammer - P</t>
+    <t>#9 Roger Brammer - P</t>
   </si>
   <si>
     <t>#70 Darren Alexander - C</t>
   </si>
   <si>
     <t>#13 Alfredo Kester - WR</t>
   </si>
   <si>
     <t>#29 Jack Tom - CB</t>
   </si>
   <si>
     <t>#63 Kelly Jefferson - WLB</t>
   </si>
   <si>
     <t>#91 Matthew Rocha - SLB</t>
   </si>
   <si>
     <t>#88 Max Smith - TE</t>
   </si>
   <si>
     <t>#59 Robert Ritter - RG</t>
   </si>
   <si>
-    <t>#86 Scott Gaona - FB</t>
+    <t>#23 Scott Gaona - FB</t>
   </si>
   <si>
     <t>#57 Leo Thomas - RDE</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>VaT 22</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-VaT 22 (13:41) 45-Gilbert Dudley ran to VaT 24 for 3 yards. Tackle by 23-Floyd Oconnor.</t>
   </si>
   <si>
     <t>#17 Johnnie Ambriz - QB</t>
   </si>
   <si>
     <t>#21 Gilbert Dudley - RB</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-10-VaT 32 (12:10) 17-Johnnie Ambriz pass Pass knocked down by 99-Clarence Macgregor. incomplete, intended for 83-Derrick Burchell.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>4-10-VaT 32 (12:07) 11-Micheal Brown punts 45 yards to Syr 23. Fair Catch by 16-Armando Creighton. Syr 97-Thomas Barnes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Micheal Brown - P</t>
   </si>
   <si>
     <t>#55 Bruce Blakney - RT</t>
   </si>
   <si>
     <t>#54 Burl Ketcham - LG</t>
   </si>
   <si>
     <t>#89 Henry Phillips - TE</t>
   </si>
   <si>
-    <t>#97 Thomas Barnes - MLB</t>
+    <t>#97 Thomas Barnes - SLB</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>Syr 23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-Syr 23 (12:01) 27-Michael Molina ran to Syr 21 for -2 yards. Tackle by 93-Joseph Raymond.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Syr 21</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-12-Syr 21 (11:26) 14-Johnson Woodruff pass complete to 82-Thomas Rearick to Syr 33 for 13 yards. Tackle by 53-Jeffrey Dixon.</t>
   </si>
@@ -2316,98 +2316,98 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>